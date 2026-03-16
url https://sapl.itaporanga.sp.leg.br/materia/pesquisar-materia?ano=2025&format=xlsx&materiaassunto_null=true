--- v0 (2025-12-18)
+++ v1 (2026-03-16)
@@ -54,2496 +54,2496 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>Fábio Bruno Gurgel Benini</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1479/projeto_de_lei_complementar_do_executivo_001-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1479/projeto_de_lei_complementar_do_executivo_001-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar de nº 188, de 02 de janeiro de 2023, especificamente o que dispõe o Art. 175 e o Anexo I.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1480/projeto_de_lei_complementar_do_executivo_002-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1480/projeto_de_lei_complementar_do_executivo_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e extinção de cargo em comissão e providências correlatas.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1481/projeto_de_lei_complementar_do_executivo_003-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1481/projeto_de_lei_complementar_do_executivo_003-2025.pdf</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1506/projeto_de_lei_complementar_do_executivo_004-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1506/projeto_de_lei_complementar_do_executivo_004-2025.pdf</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1507/projeto_de_lei_complementar_do_executivo_005-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1507/projeto_de_lei_complementar_do_executivo_005-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na (Lei Complementar nº 171/2021 – Estatuto do Magistério) e providências correlatas.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1553/projeto_de_lei_complementar_do_executivo_006-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1553/projeto_de_lei_complementar_do_executivo_006-2025.pdf</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1554/projeto_de_lei_complementar_do_executivo_007-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1554/projeto_de_lei_complementar_do_executivo_007-2025.pdf</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1555/projeto_de_lei_complementar_do_executivo_008-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1555/projeto_de_lei_complementar_do_executivo_008-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o piso salarial dos agentes comunitários de saúde e de combate às endemias no âmbito do Município de Itaporanga e dá outras providencias correlatas.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1556/projeto_de_lei_complementar_do_executivo_009-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1556/projeto_de_lei_complementar_do_executivo_009-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação de dispositivos na Lei Complementar nº 67/2009 (Código Tributário Municipal), que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1609/projeto_de_lei_complementar_do_executivo_010-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1609/projeto_de_lei_complementar_do_executivo_010-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Complementar nº 188/2023 – Estatuto dos Servidores Públicos Municipais - Plano de Carreira do Poder Executivo - Estrutura de Cargos do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1625/projeto_de_lei_complementar_do_executivo_011-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1625/projeto_de_lei_complementar_do_executivo_011-2025.pdf</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1626/projeto_de_lei_complementar_do_executivo_012-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1626/projeto_de_lei_complementar_do_executivo_012-2025.pdf</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1627/projeto_de_lei_complementar_do_executivo_013-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1627/projeto_de_lei_complementar_do_executivo_013-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação do Plano Municipal de Educação – PME e dá outras providências.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1649/projeto_de_lei_complementar_do_executivo_015-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1649/projeto_de_lei_complementar_do_executivo_015-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta o inciso VII, do § 3º, do art. 48 da Lei Complementar Municipal nº 137, de 24 de novembro de 2016, em atendimento do dispositivo do § 10, do artigo 4º, da Lei Federal nº 14.285/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1664/projeto_de_lei_complementar_do_executivo_016-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1664/projeto_de_lei_complementar_do_executivo_016-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na (Lei Complementar nº 171/2021 – Estatuto do Magistério) providências correlatas.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1665/projeto_de_lei_complementar_do_executivo_017-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1665/projeto_de_lei_complementar_do_executivo_017-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Complementar do nº 188/2023 – Estatuto dos Servidores Públicos Municipais - Plano de Carreira do Poder Executivo - Estrutura de Cargos do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1666/projeto_de_lei_complementar_do_executivo_018-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1666/projeto_de_lei_complementar_do_executivo_018-2025.pdf</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1667/projeto_de_lei_complementar_do_executivo_019-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1667/projeto_de_lei_complementar_do_executivo_019-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação dos salários dos Profissionais do Magistério ao piso nacional, em consonância com a Lei Federal nº 11.738, de 16 de julho de 2008 e a Portaria MEC nº 77, de 29 de janeiro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1668/projeto_de_lei_complementar_do_executivo_020-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1668/projeto_de_lei_complementar_do_executivo_020-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Complementar nº 188/2023 – Estatuto dos Servidores Públicos Municipais - Plano de Carreira do Poder Executivo - Estrutura de Cargos do Poder Executivo, e dá outras providências.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora - MEDIR</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1648/projeto_de_lei_complementar_do_legislativo_001-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1648/projeto_de_lei_complementar_do_legislativo_001-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 119/2014, para regulamentar e instituir funções gratificadas no âmbito da Câmara Municipal de Itaporanga e dá outras providências.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1482/projeto_de_lei_do_executivo_001-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1482/projeto_de_lei_do_executivo_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para concessão de direito real de uso de bem público do município localizado na piscina municipal.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1483/projeto_de_lei_do_executivo_002-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1483/projeto_de_lei_do_executivo_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional especial por anulação e dá outras providências.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1460/projeto_de_lei_do_executivo_003-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1460/projeto_de_lei_do_executivo_003-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de auxílio pecuniário para transporte aos estudantes de cursos técnicos e universitários do Município de Itaporanga, e dá outras providências.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1461/projeto_de_lei_do_executivo_004-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1461/projeto_de_lei_do_executivo_004-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão geral anual na remuneração dos servidores públicos ativos e inativos no Poder Executivo, e dá outras providências.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1463/projeto_de_lei_do_executivo_005-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1463/projeto_de_lei_do_executivo_005-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão geral anual na remuneração dos Conselheiros Tutelares do Município de Itaporanga/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1464/projeto_de_lei_do_executivo_006-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1464/projeto_de_lei_do_executivo_006-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão geral anual na remuneração dos Estagiários do Município de Itaporanga/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1501/projeto_de_lei_do_executivo_008-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1501/projeto_de_lei_do_executivo_008-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de embarcação do tipo ferryboat (balsa) ao Município de Fartura e dá outras providências.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1502/projeto_de_lei_do_executivo_011-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1502/projeto_de_lei_do_executivo_011-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Segurança Alimentar e Nutricional (COMSEA), do Fundo Municipal de Segurança Alimentar e Nutricional (FMSAN), e dá outras providências.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1503/projeto_de_lei_do_executivo_012-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1503/projeto_de_lei_do_executivo_012-2025.pdf</t>
   </si>
   <si>
     <t>Institui o sistema de estacionamento rotativo remunerado de veículos em vias e logradouros públicos no Município denominado “Zona Azul”, e dá outras providências.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1504/projeto_de_lei_do_executivo_013-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1504/projeto_de_lei_do_executivo_013-2025.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Saneamento Ambiental e Infraestrutura – FMSAI e dá outras providências.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1505/projeto_de_lei_do_executivo_014-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1505/projeto_de_lei_do_executivo_014-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Regulamentação do Atendimento Educacional Especializado aos alunos regularmente matriculados na Rede Municipal de Ensino do município de Itaporanga e dá outras providências.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1557/projeto_de_lei_do_executivo_015-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1557/projeto_de_lei_do_executivo_015-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a implantar o “Programa Aluguel Social” para famílias de baixa renda do Município.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1558/projeto_de_lei_do_executivo_016-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1558/projeto_de_lei_do_executivo_016-2025.pdf</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1559/projeto_de_lei_do_executivo_017-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1559/projeto_de_lei_do_executivo_017-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Municipal nº 2.540/23 e dá outras providências.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1560/projeto_de_lei_do_executivo_018-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1560/projeto_de_lei_do_executivo_018-2025.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Resíduos Sólidos e o Fundo Municipal de Gestão de Resíduos Sólidos.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1561/projeto_de_lei_do_executivo_019-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1561/projeto_de_lei_do_executivo_019-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para concessão de direito real de uso de bem público do Município localizado na Escola Municipal do Bairro São Sebastião.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_de_lei_do_executivo_020-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_de_lei_do_executivo_020-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal fornecer pães aos servidores públicos do Município de Itaporanga-SP que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1650/projeto_de_lei_do_executivo_021-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1650/projeto_de_lei_do_executivo_021-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Itaporanga, para o período de 2026 a 2029 e dá outras providências.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1651/projeto_de_lei_do_executivo_022-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1651/projeto_de_lei_do_executivo_022-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para a elaboração do orçamento do exercício financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1634/projeto_de_lei_do_executivo_023-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1634/projeto_de_lei_do_executivo_023-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder premiação em dinheiro para campeonatos, torneios e concursos realizados pelo Município de Itaporanga, e dá outras providências.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1652/projeto_de_lei_do_executivo_024-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1652/projeto_de_lei_do_executivo_024-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de imóveis urbanos à Companhia de Desenvolvimento Habitacional e Urbano do Estado de São Paulo – CDHU e dá outras providências.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1653/projeto_de_lei_do_executivo_025-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1653/projeto_de_lei_do_executivo_025-2025.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do orçamento programa do Município de Itaporanga, para o exercício financeiro de 2026 (dois mil e vinte e seis).</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1674/projeto_de_lei_do_executivo_026-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1674/projeto_de_lei_do_executivo_026-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para concessão de direito real de uso de espaço público para instalação de relógio digital.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1680/projeto_de_lei_do_executivo_027-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1680/projeto_de_lei_do_executivo_027-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização legislativa para aquisição de imóvel que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1682/projeto_de_lei_do_executivo_028-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1682/projeto_de_lei_do_executivo_028-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Serviço Público de Loteria do Município de Itaporanga/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1681/projeto_de_lei_do_executivo_029-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1681/projeto_de_lei_do_executivo_029-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar convênio e conceder subvenção com o Hospital e Maternidade Nossa Senhora das Graças de Itaporanga no exercício de 2026, nos moldes do art. 84, parágrafo único, inciso II da Lei 13.019/2014.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1462/projeto_de_lei_do_legislativo_001-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1462/projeto_de_lei_do_legislativo_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão Geral Anual dos vencimentos dos servidores da Câmara Municipal de Itaporanga, Estado de São Paulo, e dá outras providências.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>Nilton Piá</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1498/projeto_de_lei_do_legislativo_002-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1498/projeto_de_lei_do_legislativo_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do plantio de árvores por pessoas físicas e jurídicas que requererem o “habite-se”, e dá outras providências.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>Marcio Rodrigo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1628/projeto_de_lei_do_legislativo_003-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1628/projeto_de_lei_do_legislativo_003-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de via pública localizada no Bairro Tijuco Preto e dá outras providências.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>Zé Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1629/projeto_de_lei_do_legislativo_004-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1629/projeto_de_lei_do_legislativo_004-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro de Especialidades para Crianças Atípicas do Município de Itaporanga/SP.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1692/projeto_de_lei_do_legislativo_005-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1692/projeto_de_lei_do_legislativo_005-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional suplementar por anulação.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CPFO - Comissão Permanente de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1562/projeto_de_decreto_legislativo_001-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1562/projeto_de_decreto_legislativo_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das Contas do Poder Executivo Municipal, relativas ao exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>Rita Nute</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1572/projeto_de_decreto_legislativo_002-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1572/projeto_de_decreto_legislativo_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título de Cidadão Honorário Itaporanguense ao Senhor Milton Gonsalves Júnior.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1600/projeto_de_resolucao_001-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1600/projeto_de_resolucao_001-2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 4º do artigo 27 da Resolução nº 01/2010, Regimento Interno da Câmara Municipal de Itaporanga, para incluir novas atribuições à Comissão Permanente de Finanças e Orçamento.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Zizi</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1466/requerimento_001-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1466/requerimento_001-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações acerca do TAC Inquérito Civil nº 14.0299.000001910-1, bem como o cronograma de obras nos bairros Jardim Bela Vista I e II.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1467/requerimento_002-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1467/requerimento_002-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o lajotamento das ruas da Vila São Pedro.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>Luciana</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1495/requerimento_003-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1495/requerimento_003-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o andamento do processo para a construção de uma creche/escola no Bairro Rio Verde.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1496/requerimento_004-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1496/requerimento_004-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre os cargos comissionados e as gratificações concedidas aos servidores efetivos.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1497/requerimento_005-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1497/requerimento_005-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a remuneração e os benefícios concedidos aos Agentes Comunitários de Saúde e aos Agentes de Controle de Endemias.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1508/requerimento_006-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1508/requerimento_006-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações detalhadas acerca da atual situação do Aterro Sanitário do Município e do transbordo de resíduos sólidos.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1509/requerimento_007-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1509/requerimento_007-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações detalhadas acerca da atual situação do programa habitacional da CDHU em nosso município.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1510/requerimento_008-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1510/requerimento_008-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações detalhadas acerca da obra de revitalização e embelezamento turístico da Praça João Abdallah.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1521/requerimento_009-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1521/requerimento_009-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações detalhadas sobre o andamento do processo licitatório para a instalação de lâmpadas de LED.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1522/requerimento_010-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1522/requerimento_010-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações detalhadas sobre os gastos da administração municipal com a reforma do motor e da caçamba do caminhão coletor de lixo.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1523/requerimento_011-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1523/requerimento_011-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações detalhadas sobre os gastos da administração municipal com os eventos realizados durante o Carnaval.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1538/requerimento_012-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1538/requerimento_012-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal o fornecimento de cópias das notas fiscais referentes aos convênios celebrados entre o Município e o Hospital e Maternidade Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1539/requerimento_013-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1539/requerimento_013-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal o fornecimento de cópias do processo licitatório referente ao Pregão Eletrônico nº 06/2024 – Registro de Preços nº 03/2024.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1540/requerimento_014-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1540/requerimento_014-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a prestação de contas do Fundo Social de Solidariedade, referente ao saldo remanescente do exercício de 2024.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1541/requerimento_015-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1541/requerimento_015-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações acerca da jornada de trabalho em setores específicos da administração municipal.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1542/requerimento_016-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1542/requerimento_016-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o loteamento Orestes Pagliusi.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1543/requerimento_017-2025_-_lgpd.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1543/requerimento_017-2025_-_lgpd.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre decisões em processos administrativos disciplinares envolvendo servidor que especifica.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1544/requerimento_018-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1544/requerimento_018-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias de documentos relacionados ao Termo de Colaboração/Contrato nº 017/2024.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>Igor Proença</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1545/requerimento_019-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1545/requerimento_019-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o Centro Municipal de Atendimento Educacional Especializado.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1563/requerimento_020-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1563/requerimento_020-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o desempenho das atribuições relativas ao cargo de Arquiteto.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1564/requerimento_021-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1564/requerimento_021-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópia de documentos relativos à execução do contrato vigente com a empresa responsável pela prestação do serviço de monitor de transporte escolar.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1573/requerimento_022-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1573/requerimento_022-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações relativas ao pagamento de diárias.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1574/requerimento_023-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1574/requerimento_023-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias de documentos relacionados aos convênios firmados entre o Município e o Hospital e Maternidade Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1575/requerimento_024-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1575/requerimento_024-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a capacidade de atendimento das creches municipais.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1576/requerimento_025-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1576/requerimento_025-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações referentes à alteração de sentido de direção em diversas vias públicas de nosso município.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1582/requerimento_026-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1582/requerimento_026-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópia de documentos referentes à prestação de serviços do Hospital e Maternidade Nossa Senhora das Graças de Itaporanga.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1588/requerimento_027-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1588/requerimento_027-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações relativas à aplicação de recursos do Fundeb.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1589/requerimento_028-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1589/requerimento_028-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações referentes à concessão de adicional de insalubridade aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1590/requerimento_029-2025_-_lgpd.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1590/requerimento_029-2025_-_lgpd.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações e documentos relativos a adiantamento realizado em nome de servidor que especifica.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1591/requerimento_030-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1591/requerimento_030-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações relacionadas ao fornecimento do café da manhã (pães, café e manteiga) aos servidores do pátio municipal.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1592/requerimento_031-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1592/requerimento_031-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações relativas ao estado de conservação da frota de veículos destinados ao transporte coletivo de pacientes no âmbito da saúde pública municipal.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1601/requerimento_032-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1601/requerimento_032-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias dos convênios e das respectivas prestações de contas – Contratualização do SUS e Programa SUS Paulista (referentes aos exercícios de 2024 e 2025).</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1602/requerimento_033-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1602/requerimento_033-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações acerca da aquisição de tomógrafo pela entidade conveniada com o Município (Hospital e Maternidade Nossa Senhora das Graças), bem como sobre a forma de prestação dos serviços à população.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1603/requerimento_034-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1603/requerimento_034-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre os medicamentos mais demandados mensalmente pela população e que são adquiridos pela Administração Municipal.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1604/requerimento_035-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1604/requerimento_035-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre os gastos da Farmácia Municipal com a aquisição de medicamentos e insumos que também são disponibilizados gratuitamente pelo Programa Farmácia Popular do Brasil.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1610/requerimento_036-2025_-_lgpd.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1610/requerimento_036-2025_-_lgpd.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a designação de servidor para o exercício de função gratificada.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1611/requerimento_037-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1611/requerimento_037-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias de documentos referentes ao Convênio nº 017/2024, firmado entre o Município e o Hospital e Maternidade Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1622/requerimento_039-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1622/requerimento_039-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações referentes à contratação de empresa para a prestação dos serviços de coleta seletiva de resíduos recicláveis.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1623/requerimento_040-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1623/requerimento_040-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações detalhadas sobre a frota de veículos e máquinas da Secretaria Municipal de Agropecuária e Meio Ambiente, da Secretaria Municipal de Saúde e do Pátio Municipal.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1624/requerimento_041-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1624/requerimento_041-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre os Serviços de Apoio Diagnóstico e Terapêutico (SADT) do SUS, equipamentos de imagem, produção de exames e convênios com entidades privadas.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1630/requerimento_042-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1630/requerimento_042-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o Auto de Vistoria do Corpo de Bombeiros (AVCB) de todos os prédios públicos municipais.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1631/requerimento_043-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1631/requerimento_043-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações relativas à obra e inauguração da Creche “Professora Therezinha Apparecida Monteiro Pérez”, localizada no Bairro Campinho.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1643/requerimento_044-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1643/requerimento_044-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações detalhadas sobre a situação das demandas apresentadas pela Escola Municipal de Educação Infantil "Padre Osvaldo Guedes Paulo".</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Elias Pé de Pano</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1644/requerimento_045-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1644/requerimento_045-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações detalhadas acerca da instalação de sistema de rastreamento nos veículos vinculados à Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1645/requerimento_046-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1645/requerimento_046-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a fila de espera e o acompanhamento de pacientes na área de neurologia.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1646/requerimento_047-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1646/requerimento_047-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a execução financeira do Convênio nº 05/2023, a contabilização das despesas com médicos terceirizados e prestadores de serviços, bem como o planejamento para ampliação dos investimentos na atenção básica.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1647/requerimento_048-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1647/requerimento_048-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o pagamento da gratificação “CPD” aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1654/requerimento_049-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1654/requerimento_049-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre Termo de Ajustamento de Conduta (TAC) referente ao Aterro Sanitário de Resíduos Sólidos.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Rita Nute, Zé Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1655/requerimento_050-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1655/requerimento_050-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a implantação do sistema de estacionamento rotativo remunerado “Zona Azul”.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1670/requerimento_051-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1670/requerimento_051-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre as atribuições do Engenheiro Agrônomo Municipal quanto à elaboração de projetos para pequenos produtores rurais.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1675/requerimento_052-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1675/requerimento_052-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre servidores, funções e pagamento de gratificações nos diversos departamentos da Administração Municipal de Itaporanga/SP.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1676/requerimento_053-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1676/requerimento_053-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópia integral da Portaria nº 510, de 05 de novembro de 2025, publicada no Diário Oficial do Município, que “dispõe sobre designação de servidor municipal para o exercício de função gratificada e dá outras providências”.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1683/requerimento_054-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1683/requerimento_054-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal relação completa dos empenhos, restos a pagar e dívidas que serão transferidas do exercício de 2025 para o exercício de 2026.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1684/requerimento_055-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1684/requerimento_055-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal esclarecimentos acerca da resposta encaminhada pela Secretaria Municipal de Agropecuária e Meio Ambiente, por meio do Ofício SMAMA nº 15/2025, referente ao Requerimento nº 51/2025.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1685/requerimento_056-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1685/requerimento_056-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações referentes à carga horária diária do médico fixo da ESF Wanderley Spadaccini.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_001-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_001-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a criação do Fundo Municipal Pró-Estradas Rurais.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_002-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_002-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a execução de recapeamento asfáltico na Rua Joaquim Ferreira Lúcio, em trecho específico, bem como nas demais vias do Bairro Nossa Senhora Aparecida (IAFAM).</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_003-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_003-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a execução de operação tapa-buracos em diversas vias públicas.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_004-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_004-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de medidas para a manutenção de calçadas.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_005-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_005-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a celebração de parceria com a AIPA (Associação Itaporanguense Protetora dos Animais), visando o repasse de recursos para a realização de procedimentos gratuitos de castração de animais.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_006-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_006-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a instalação de iluminação no entorno da Capela São Sebastião, no Bairro Rio Verde.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_007-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_007-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a instalação de redutores de velocidade do tipo lombada nas ruas Sílvio Batista Rosa e Rui Benck, ambas situadas no Bairro Rio Verde.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_008-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_008-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a disponibilização de uniformes aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_009-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_009-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de medidas para a instalação de redutores de velocidade do tipo lombada nas ruas especificadas.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_010-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_010-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a análise da viabilidade para aquisição de um ônibus ou micro-ônibus a ser destinado à Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_011-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_011-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de medidas para a instalação de iluminação em LED no Bairro Jardim Valle Verde.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_012-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_012-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a realização de obras de revitalização no campo de futebol do Bairro Rio Verde e em seu entorno.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_013-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_013-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a revitalização da área verde localizada no Bairro Nossa Senhora Aparecida (IAFAM).</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_014-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_014-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que avalie a viabilidade de reduzir os preços públicos (hora/máquina) cobrados pela Secretaria de Agropecuária e Meio Ambiente pelos serviços de tratores e retroescavadeiras.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_015-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_015-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a implantação de uma farmácia 24 horas para disponibilização de medicamentos aos pacientes atendidos no pronto-socorro fora do horário comercial.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_016-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_016-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a instalação de um redutor de velocidade do tipo lombada na Rua Dr. Felipe Vita, nas proximidades do nº 1.888.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_017-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_017-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a concessão do adicional de insalubridade aos servidores ocupantes dos cargos de Atendente de Creche e Agente de Serviços de Cozinha.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_018-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_018-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para efetuar o rebaixamento do meio-fio em frente ao Espaço Saúde.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_019-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_019-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a execução de recapeamento asfáltico na Rua Benedito Ferraz, localizada na Vila Alvorada, bem como nas demais vias do referido bairro.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1492/indicacao_020-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1492/indicacao_020-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a instalação de um redutor de velocidade do tipo lombada na Rua Dr. Felipe Vita, nas proximidades do nº 1.033.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_021-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_021-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para que o setor competente realize a limpeza das vias públicas especificadas.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_022-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_022-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a pintura dos meios-fios, a sinalização das faixas de pedestres e a instalação de postes com placas de identificação de ruas em toda a cidade.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1511/indicacao_023-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1511/indicacao_023-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a execução de aproximadamente 100 m2 de lajotamento ou recapeamento asfáltico na Rua 02, situada ao lado do campo de futebol no Bairro Campinho.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1512/indicacao_024-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1512/indicacao_024-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a instalação de rampas de acesso para pessoas com deficiência nas calçadas, com atenção especial ao quarteirão da E. M. Cel. Vicente Russo do Amaral, bem como a manutenção das rampas já existentes.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1513/indicacao_025-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1513/indicacao_025-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para conceder transporte gratuito aos estudantes regularmente matriculados em cursos técnicos e universitários.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1514/indicacao_026-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1514/indicacao_026-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para implantar uma linha de transporte exclusiva para os pacientes atendidos na unidade do AME de Avaré nos períodos da manhã e da tarde.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_027-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_027-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a aquisição de um veículo adaptado para uso exclusivo no transporte de pacientes com Transtorno do Espectro Autista e pessoas com deficiência, bem como a designação de um motorista dedicado exclusivamente a esse serviço.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1516/indicacao_028-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1516/indicacao_028-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a readequação do nível salarial dos cargos de Agente de Organização Escolar e Escriturário.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1517/indicacao_029-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1517/indicacao_029-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam tomadas as devidas providências para a instalação de aparelhos de ar-condicionado em todas as salas de aula das escolas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_030-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_030-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a instalação de rede de proteção na cobertura metálica do Terminal Rodoviário Municipal ou a implementação de outras medidas eficazes para controlar a presença excessiva de pombos no local.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_031-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_031-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a promoção de atividades e eventos voltados aos idosos no Centro de Convivência do Idoso.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1520/indicacao_032-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1520/indicacao_032-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a realização da retirada de entulho e da limpeza das ruas Alan Romano Silva, José Loureiro de Almeida e José Tereza da Veiga, situadas na Vila São Pedro.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1524/indicacao_033-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1524/indicacao_033-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a realização de serviços de manutenção na estrada de terra localizada no final da Rua Rui Benck.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_034-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_034-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que adote as providências necessárias para contratar dois servidores para o cargo de Atendente de Farmácia.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_035-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_035-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que interceda junto à empresa Arteris - ViaPaulista para viabilizar a construção de uma rotatória na Rodovia Juventino Patriarca (SP-281), km 62, na entrada do Bairro Bela Vista.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1527/indicacao_036-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1527/indicacao_036-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam realizadas melhorias na infraestrutura da Creche Escola Prefeito Hernani Camargo.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_037-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_037-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a realização de serviços essenciais de conservação e manutenção no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_038-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_038-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja realizado um estudo para a criação e implantação do Dia de Campo no calendário oficial de eventos do município.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_039-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_039-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja estudada a viabilidade de implantar uma unidade do Programa Poupatempo em nosso município.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_040-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_040-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a atualização do piso salarial dos profissionais do magistério.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_041-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_041-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para o reforço do quadro funcional da rede municipal de ensino, por meio da contratação de mais professores para as creches e escolas municipais.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_042-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_042-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a realização de serviços de limpeza, retirada de entulhos e roçada no campo do Bairro Cruzeirão.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_043-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_043-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de realização de manutenção geral na Praça Valdolino Dorte dos Santos e na Cancha de Bocha e Malha, situada no Conjunto Habitacional Dom Estevam Stork.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_044-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_044-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a realização de processo seletivo visando à contratação de professor intérprete de Libras.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_045-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_045-2025.pdf</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_046-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_046-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a concessão de aumento nos vencimentos dos servidores do nível GEF I, que não recebem adicional de insalubridade, mas desempenham atividades de risco ou de alto esforço físico.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_047-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_047-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja estudada a viabilidade de criação e implementação do Programa Troca Verde.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_048-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_048-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas as providências necessárias para a implantação do serviço de coleta de lixo no Bairro São Francisco.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_049-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_049-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas as providências necessárias para a realização de serviços de manutenção e recuperação da estrada rural do Sr. João Neves, localizada no Bairro São Sebastião.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_050-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_050-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas as providências necessárias para a realização de recapeamento asfáltico nas ruas do Conjunto Habitacional João Batista Volpi.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_051-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_051-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a realização de recapeamento asfáltico na Rua Benedito Ferraz, localizada na Vila Alvorada.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_052-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_052-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas providências necessárias para que se encontre, com urgência, uma solução eficaz para o problema de escoamento de águas pluviais na Rua Sebastião Norio dos Santos, no cruzamento com a Rua Silvio Batista Rosa, no bairro Rio Verde.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1565/indicacao_053-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1565/indicacao_053-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas as providências necessárias, em conjunto com a Secretaria Municipal de Saúde, para que seja realizada, por meio das equipes dos PSFs, a atualização dos dados cadastrais dos pacientes, especialmente endereços e telefones.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_054-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_054-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas as providências necessárias para promover melhorias na infraestrutura do Viveiro Municipal.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_055-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_055-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a substituição das lajotas por pavimentação asfáltica na Rua Barão de Antonina, no trecho entre os números 1.114 e 1.226, bem como o reaproveitamento das lajotas retiradas em melhorias de pavimentação em outros locais do município.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_056-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_056-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas as providências necessárias para dar continuidade às obras de pavimentação com lajotas nas ruas da Vila São Pedro.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_057-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_057-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas as providências necessárias para a pavimentação com lajotas da Rua Maria Nunes Brizola, situada na Vila Antônio Campina.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_058-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_058-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a implantação de sistema de iluminação pública no bairro popularmente conhecido como Nova Rio Verde.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1578/indicacao_059-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1578/indicacao_059-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja avaliada a viabilidade de criação de uma Secretaria Municipal de Inclusão Social da Pessoa com Deficiência.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_060-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_060-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas as providências necessárias para a regularização do pagamento das diferenças salariais devidas aos Agentes Comunitários de Saúde (ACS) e aos Agentes de Controle de Endemias (ACE), relativas ao período em que a remuneração recebida esteve inferior ao piso salarial nacional.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1579/indicacao_061-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1579/indicacao_061-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a instalação de placas de identificação nas ruas do bairro Santo Antônio.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1580/indicacao_062-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1580/indicacao_062-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a implantação da sinalização horizontal das vagas de estacionamento ao longo da Rua Dr. Felipe Vita, bem como a revitalização dos canteiros de flores situados junto às faixas elevadas de pedestres.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1583/indicacao_063-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1583/indicacao_063-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja realizado estudo quanto à viabilidade de reconhecimento da tradicional Festa do Padroeiro São João Batista como patrimônio cultural imaterial do Município de Itaporanga/SP, bem como sua inclusão oficial no Calendário de Eventos do Município.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_064-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_064-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja estudada a viabilidade de ampliação do horário de atendimento da Farmácia Municipal, bem como a implantação de um sistema de revezamento entre as unidades da Estratégia Saúde da Família (ESF), com funcionamento em horário estendido.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_065-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_065-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, em conjunto com o Hospital e Maternidade Nossa Senhora das Graças, a instalação de placa informativa sobre o financiamento público dos atendimentos no pronto-socorro municipal.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_066-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_066-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas as devidas providências, em conjunto com as concessionárias responsáveis pelos serviços de energia elétrica, telefonia e internet, para a remoção de cabos e fios excedentes ou inutilizados, bem como a retirada de equipamentos em desuso instalados nos postes da rede pública.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1593/indicacao_067-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1593/indicacao_067-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja estudada a viabilidade da construção de um monumento a São João Batista, na Rotatória do Peregrino, em frente à Abadia de Nossa Senhora da Santa Cruz.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1594/indicacao_068-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1594/indicacao_068-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas as providências necessárias para a reformulação e republicação do Edital de Chamamento Público visando à celebração de parceria com Organização da Sociedade Civil para prestação de serviços na área da saúde.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1595/indicacao_069-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1595/indicacao_069-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que adote as providências necessárias para revisar e ajustar os horários de coleta de material para exames laboratoriais das empresas credenciadas, por meio da Inexigibilidade nº 020/2025, de forma a garantir atendimento ininterrupto durante o horário do almoço, de segunda a sexta-feira.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1596/indicacao_070-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1596/indicacao_070-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que, por meio da Secretaria Municipal de Agropecuária e Meio Ambiente, sejam adotadas as providências necessárias para a aquisição de uma ensiladeira e de uma carreta com adaptação para engate em trator.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_071-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_071-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas providências para a execução de obras de pavimentação ou lajotamento das ruas situadas no entorno da praça do Bairro dos Silva.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_072-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_072-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências necessárias para a inclusão do bairro Nova Rio Verde na rota regular do serviço de coleta de lixo.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1605/indicacao_073-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1605/indicacao_073-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas providências para a instalação de almofadas ou revestimentos acolchoados nos bancos do Velório Municipal.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1606/indicacao_074-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1606/indicacao_074-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas as providências necessárias para que todos os ônibus da Secretaria Municipal de Saúde, utilizados no transporte coletivo de pacientes, sejam devidamente equipados com estepe e macaco hidráulico.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1607/indicacao_075-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1607/indicacao_075-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas as providências necessárias para a aquisição de cadeirinhas de segurança destinadas às crianças pequenas que utilizam o transporte escolar municipal.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1608/indicacao_076-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1608/indicacao_076-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas as providências necessárias para a reconstrução da ponte que interliga o bairro Lageado ao bairro Cruzeirinho.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_077-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_077-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja analisada a viabilidade para a criação e implantação de um Programa Auxílio-Desemprego Municipal.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_078-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_078-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para a instalação de redutores de velocidade do tipo lombada nas ruas que especifica.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_079-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_079-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja avaliada a possibilidade de aquisição de um pulverizador específico para o cultivo de bananas, por meio de convênio ou incentivo financeiro junto à Coordenadoria de Assistência Técnica Integral (CATI).</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_080-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_080-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a instalação de redutores de velocidade do tipo lombada na Rua Nemésio Aparecido Alves e na Rua Vicente José de Oliveira, ambas localizadas no Conjunto Habitacional João Batista Volpi.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1617/indicacao_081-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1617/indicacao_081-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja analisada a viabilidade de criação do Conselho Municipal dos Direitos da Pessoa com Deficiência (CMDPCD) e do Fundo Municipal dos Direitos da Pessoa com Deficiência (FMDPCD).</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1618/indicacao_082-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1618/indicacao_082-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas as providências necessárias para a instalação de iluminação pública nas ruas do Bairro Bela Vista.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1619/indicacao_083-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1619/indicacao_083-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a realização de estudo de viabilidade para adoção de medidas de valorização profissional, com melhorias nos vencimentos e demais benefícios dos servidores lotados no SAMU.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Zé Bezerra, Thomas Morita</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1620/indicacao_084-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1620/indicacao_084-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção das providências necessárias para o reajuste da Gratificação por Desempenho de Atividade Delegada.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1621/indicacao_085-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1621/indicacao_085-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, por meio da Secretaria Municipal de Trânsito, a implantação de sinalização viária em todo o Bairro Jardim Valle Verde.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_086-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_086-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam adotadas as providências necessárias para a poda dos pinheiros kaizuka localizados no canteiro central da Avenida Santa Cruz.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_087-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_087-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a imediata realocação dos servidores aos cargos de origem após a revogação de portarias de gratificação declaradas inconstitucionais.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1636/indicacao_088-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1636/indicacao_088-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a elaboração de projeto de lei para regulamentar a criação do Centro de Monitoramento Integrado, bem como a adoção das providências necessárias à sua efetiva implantação.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1637/indicacao_089-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1637/indicacao_089-2025.pdf</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_090-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_090-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que a Secretaria Municipal de Saúde disponibilize atendimentos semanais de fonoaudiologia, psicologia e neuropediatria no CMAEE – Centro Municipal de Atendimento Educacional Especializado, destinado ao atendimento de crianças com necessidades especiais.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1639/indicacao_091-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1639/indicacao_091-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a realização de serviço de poda de árvores na estrada José Benedito Lopes, que dá acesso ao Bairro dos Silva e ao Bairro da Onça.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_092-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_092-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a instalação de grelhas metálicas de proteção nos bueiros do Bairro Rio Verde e demais localidades do município.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1641/indicacao_093-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1641/indicacao_093-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a promoção de palestras e atividades educativas sobre higiene bucal nas escolas municipais e estaduais do município.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1642/indicacao_094-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1642/indicacao_094-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal estudo de viabilidade para manutenção do funcionamento das creches municipais durante as férias escolares.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_095-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_095-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências visando à reestruturação e revitalização do espaço remanescente da Praça José Martins.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_096-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_096-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a construção de uma guarita para ponto de ônibus na Rua Rafael Vita, nas proximidades da esquina com a Rua Vereador Antônio Pinto Ferreira.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_097-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_097-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a contratação e implementação de um aplicativo municipal para o cidadão registrar solicitações de serviços públicos e realizar agendamentos de transporte sanitário.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_098-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_098-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a possibilidade de contratação de neuropsicóloga ou de oferta de capacitação às psicólogas da rede municipal para aplicação e interpretação do teste WISC – Escala Wechsler de Inteligência para Crianças.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_099-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_099-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a nomeação de mais dois Agentes de Combate às Endemias (ACE) aprovados em concurso público vigente.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1661/indicacao_100-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1661/indicacao_100-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a abertura de processo licitatório para contratação de empresa especializada em manutenção dos equipamentos do setor de fisioterapia da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1662/indicacao_101-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1662/indicacao_101-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para execução de serviços de recuperação e manutenção de lombadas e de sinalização nos locais especificados.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1663/indicacao_102-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1663/indicacao_102-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências para execução de serviços de manutenção no Centro de Convivência do Idoso.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_103-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_103-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a elaboração e o encaminhamento de projeto de lei que disponha sobre a redução da jornada de trabalho do servidor público municipal que seja pai, mãe ou responsável legal por pessoa com Transtorno do Espectro Autista (TEA), sem prejuízo da remuneração.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_104-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_104-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a elaboração e o encaminhamento de projeto de lei que autorize o Poder Executivo a conceder transporte gratuito aos estudantes universitários e técnicos do Município de Itaporanga, matriculados em instituições de ensino localizadas na região.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_105-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_105-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a criação de uma galeria com fotos dos ex-prefeitos de Itaporanga no novo Paço Municipal, com o objetivo de preservar a memória e a história da administração pública municipal.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_106-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_106-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a execução de serviços de manutenção e recuperação da estrada rural IRG-365, no Bairro Capituva.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1679/indicacao_107-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1679/indicacao_107-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a instalação de uma guarita na Rua Rafael Vita, abaixo do nº 325, nas proximidades da placa de “Proibido Estacionar – Embarque e Desembarque Escolar”, a fim de oferecer abrigo e segurança aos estudantes que aguardam o transporte escolar.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_108-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_108-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a elaboração de Projeto de Lei que institua o Programa Municipal de Entrega Domiciliar de Medicamentos de Uso Contínuo – “Remédio em Casa” destinado a pacientes impossibilitados de locomoção e demais pessoas vulneráveis atendidas pela rede municipal.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_109-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_109-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja disponibilizado, de forma imediata, um servidor capacitado para desempenhar a função de salva-vidas na Piscina Municipal, especialmente durante o período de férias escolares.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1688/indicacao_110-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1688/indicacao_110-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a construção de uma cabine (guarita) na parte lateral do Centro de Saúde “Dr. Nelson Lamos de Oliveira”, para abrigar pacientes que aguardam o transporte da saúde para outras cidades.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Rita Nute, Nilton Piá, Zé Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1552/mocao_001-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1552/mocao_001-2025.pdf</t>
   </si>
   <si>
     <t>À Conferência Nacional dos Bispos do Brasil (CNBB), pela realização da Campanha da Fraternidade 2025.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1570/mocao_002-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1570/mocao_002-2025.pdf</t>
   </si>
   <si>
     <t>Ao Dr. Cláudio Lucas Miranda, juntamente com a equipe do Hemocentro do Hospital das Clínicas da Faculdade de Medicina de Botucatu (HCFMB), pelos relevantes serviços prestados com excelência e dedicação à nossa população.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1599/mocao_003-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1599/mocao_003-2025.pdf</t>
   </si>
   <si>
     <t>Manifesta apoio ao Projeto de Decreto Legislativo (PDL) 03/2025, que susta os efeitos da Resolução nº 258, de 23 de dezembro de 2024, do Conselho Nacional dos Direitos da Criança e do Adolescente - CONANDA, e ao Projeto de Lei (PL) 1904/2024, que visa impedir que o aborto seja reconhecido como direito, sem previsão de limite de tempo gestacional, durante todos os nove meses da gravidez, até o momento do parto.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1616/mocao_004-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1616/mocao_004-2025.pdf</t>
   </si>
   <si>
     <t>Ao jovem atleta itaporanguense Pedro Henrique Pereira, mais conhecido como Pedrinho, pelo importante passo em sua carreira profissional.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1689/mocao_005-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1689/mocao_005-2025.pdf</t>
   </si>
   <si>
     <t>À Secretaria Municipal de Educação de Itaporanga, aos gestores escolares, professores e a todos os servidores da educação municipal, pelo trabalho de excelência desenvolvido na rede pública de ensino.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Requer a formação de Comissão Processante contra o Senhor Prefeito de Itaporanga, Fábio Bruno Gurgel Benini.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>Requer a formação de Comissão Processante contra o Vereador Alerson Ferreira da Silva.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Zizi, Igor Proença</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1673/emenda_001-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1673/emenda_001-2025.pdf</t>
   </si>
   <si>
     <t>Substitui dispositivos do Projeto de Lei Complementar nº 15/2025, que altera a Lei Complementar Municipal nº 137/2016 (Plano Diretor Municipal).</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>CPCEASE - Comissão Permanente de Cultura, Educação, Assistência Social e Esportes, CPFO - Comissão Permanente de Finanças e Orçamento, CPLJRF - Comissão Permanente de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1691/emenda_002-2025.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1691/emenda_002-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao artigo 3º do Projeto de Lei nº 29/2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2850,67 +2850,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1479/projeto_de_lei_complementar_do_executivo_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1480/projeto_de_lei_complementar_do_executivo_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1481/projeto_de_lei_complementar_do_executivo_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1506/projeto_de_lei_complementar_do_executivo_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1507/projeto_de_lei_complementar_do_executivo_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1553/projeto_de_lei_complementar_do_executivo_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1554/projeto_de_lei_complementar_do_executivo_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1555/projeto_de_lei_complementar_do_executivo_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1556/projeto_de_lei_complementar_do_executivo_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1609/projeto_de_lei_complementar_do_executivo_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1625/projeto_de_lei_complementar_do_executivo_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1626/projeto_de_lei_complementar_do_executivo_012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1627/projeto_de_lei_complementar_do_executivo_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1649/projeto_de_lei_complementar_do_executivo_015-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1664/projeto_de_lei_complementar_do_executivo_016-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1665/projeto_de_lei_complementar_do_executivo_017-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1666/projeto_de_lei_complementar_do_executivo_018-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1667/projeto_de_lei_complementar_do_executivo_019-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1668/projeto_de_lei_complementar_do_executivo_020-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1648/projeto_de_lei_complementar_do_legislativo_001-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1482/projeto_de_lei_do_executivo_001-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1483/projeto_de_lei_do_executivo_002-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1460/projeto_de_lei_do_executivo_003-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1461/projeto_de_lei_do_executivo_004-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1463/projeto_de_lei_do_executivo_005-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1464/projeto_de_lei_do_executivo_006-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1501/projeto_de_lei_do_executivo_008-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1502/projeto_de_lei_do_executivo_011-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1503/projeto_de_lei_do_executivo_012-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1504/projeto_de_lei_do_executivo_013-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1505/projeto_de_lei_do_executivo_014-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1557/projeto_de_lei_do_executivo_015-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1558/projeto_de_lei_do_executivo_016-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1559/projeto_de_lei_do_executivo_017-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1560/projeto_de_lei_do_executivo_018-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1561/projeto_de_lei_do_executivo_019-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_de_lei_do_executivo_020-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1650/projeto_de_lei_do_executivo_021-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1651/projeto_de_lei_do_executivo_022-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1634/projeto_de_lei_do_executivo_023-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1652/projeto_de_lei_do_executivo_024-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1653/projeto_de_lei_do_executivo_025-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1674/projeto_de_lei_do_executivo_026-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1680/projeto_de_lei_do_executivo_027-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1682/projeto_de_lei_do_executivo_028-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1681/projeto_de_lei_do_executivo_029-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1462/projeto_de_lei_do_legislativo_001-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1498/projeto_de_lei_do_legislativo_002-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1628/projeto_de_lei_do_legislativo_003-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1629/projeto_de_lei_do_legislativo_004-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1692/projeto_de_lei_do_legislativo_005-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1562/projeto_de_decreto_legislativo_001-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1572/projeto_de_decreto_legislativo_002-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1600/projeto_de_resolucao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1466/requerimento_001-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1467/requerimento_002-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1495/requerimento_003-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1496/requerimento_004-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1497/requerimento_005-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1508/requerimento_006-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1509/requerimento_007-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1510/requerimento_008-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1521/requerimento_009-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1522/requerimento_010-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1523/requerimento_011-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1538/requerimento_012-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1539/requerimento_013-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1540/requerimento_014-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1541/requerimento_015-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1542/requerimento_016-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1543/requerimento_017-2025_-_lgpd.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1544/requerimento_018-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1545/requerimento_019-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1563/requerimento_020-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1564/requerimento_021-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1573/requerimento_022-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1574/requerimento_023-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1575/requerimento_024-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1576/requerimento_025-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1582/requerimento_026-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1588/requerimento_027-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1589/requerimento_028-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1590/requerimento_029-2025_-_lgpd.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1591/requerimento_030-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1592/requerimento_031-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1601/requerimento_032-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1602/requerimento_033-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1603/requerimento_034-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1604/requerimento_035-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1610/requerimento_036-2025_-_lgpd.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1611/requerimento_037-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1622/requerimento_039-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1623/requerimento_040-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1624/requerimento_041-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1630/requerimento_042-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1631/requerimento_043-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1643/requerimento_044-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1644/requerimento_045-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1645/requerimento_046-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1646/requerimento_047-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1647/requerimento_048-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1654/requerimento_049-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1655/requerimento_050-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1670/requerimento_051-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1675/requerimento_052-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1676/requerimento_053-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1683/requerimento_054-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1684/requerimento_055-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1685/requerimento_056-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_004-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_011-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_013-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_014-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1492/indicacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_022-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1511/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1512/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1513/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1514/indicacao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_027-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1516/indicacao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1517/indicacao_029-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_030-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_031-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1520/indicacao_032-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1524/indicacao_033-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_034-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_035-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1527/indicacao_036-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_037-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_038-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_039-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_040-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_041-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_042-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_043-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_044-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_046-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_047-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_048-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_049-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_050-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_051-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_052-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1565/indicacao_053-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_054-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_055-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_056-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_057-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_058-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1578/indicacao_059-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_060-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1579/indicacao_061-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1580/indicacao_062-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1583/indicacao_063-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_064-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_065-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_066-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1593/indicacao_067-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1594/indicacao_068-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1595/indicacao_069-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1596/indicacao_070-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_071-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_072-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1605/indicacao_073-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1606/indicacao_074-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1607/indicacao_075-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1608/indicacao_076-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_077-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_078-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_079-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_080-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1617/indicacao_081-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1618/indicacao_082-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1619/indicacao_083-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1620/indicacao_084-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1621/indicacao_085-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_086-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_087-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1636/indicacao_088-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1637/indicacao_089-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_090-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1639/indicacao_091-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_092-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1641/indicacao_093-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1642/indicacao_094-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_095-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_096-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_097-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_098-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_099-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1661/indicacao_100-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1662/indicacao_101-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1663/indicacao_102-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_103-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_104-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_105-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_106-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1679/indicacao_107-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_108-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_109-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1688/indicacao_110-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1552/mocao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1570/mocao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1599/mocao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1616/mocao_004-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1689/mocao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1673/emenda_001-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1691/emenda_002-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1479/projeto_de_lei_complementar_do_executivo_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1480/projeto_de_lei_complementar_do_executivo_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1481/projeto_de_lei_complementar_do_executivo_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1506/projeto_de_lei_complementar_do_executivo_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1507/projeto_de_lei_complementar_do_executivo_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1553/projeto_de_lei_complementar_do_executivo_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1554/projeto_de_lei_complementar_do_executivo_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1555/projeto_de_lei_complementar_do_executivo_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1556/projeto_de_lei_complementar_do_executivo_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1609/projeto_de_lei_complementar_do_executivo_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1625/projeto_de_lei_complementar_do_executivo_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1626/projeto_de_lei_complementar_do_executivo_012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1627/projeto_de_lei_complementar_do_executivo_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1649/projeto_de_lei_complementar_do_executivo_015-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1664/projeto_de_lei_complementar_do_executivo_016-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1665/projeto_de_lei_complementar_do_executivo_017-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1666/projeto_de_lei_complementar_do_executivo_018-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1667/projeto_de_lei_complementar_do_executivo_019-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1668/projeto_de_lei_complementar_do_executivo_020-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1648/projeto_de_lei_complementar_do_legislativo_001-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1482/projeto_de_lei_do_executivo_001-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1483/projeto_de_lei_do_executivo_002-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1460/projeto_de_lei_do_executivo_003-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1461/projeto_de_lei_do_executivo_004-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1463/projeto_de_lei_do_executivo_005-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1464/projeto_de_lei_do_executivo_006-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1501/projeto_de_lei_do_executivo_008-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1502/projeto_de_lei_do_executivo_011-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1503/projeto_de_lei_do_executivo_012-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1504/projeto_de_lei_do_executivo_013-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1505/projeto_de_lei_do_executivo_014-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1557/projeto_de_lei_do_executivo_015-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1558/projeto_de_lei_do_executivo_016-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1559/projeto_de_lei_do_executivo_017-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1560/projeto_de_lei_do_executivo_018-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1561/projeto_de_lei_do_executivo_019-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_de_lei_do_executivo_020-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1650/projeto_de_lei_do_executivo_021-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1651/projeto_de_lei_do_executivo_022-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1634/projeto_de_lei_do_executivo_023-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1652/projeto_de_lei_do_executivo_024-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1653/projeto_de_lei_do_executivo_025-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1674/projeto_de_lei_do_executivo_026-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1680/projeto_de_lei_do_executivo_027-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1682/projeto_de_lei_do_executivo_028-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1681/projeto_de_lei_do_executivo_029-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1462/projeto_de_lei_do_legislativo_001-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1498/projeto_de_lei_do_legislativo_002-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1628/projeto_de_lei_do_legislativo_003-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1629/projeto_de_lei_do_legislativo_004-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1692/projeto_de_lei_do_legislativo_005-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1562/projeto_de_decreto_legislativo_001-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1572/projeto_de_decreto_legislativo_002-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1600/projeto_de_resolucao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1466/requerimento_001-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1467/requerimento_002-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1495/requerimento_003-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1496/requerimento_004-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1497/requerimento_005-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1508/requerimento_006-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1509/requerimento_007-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1510/requerimento_008-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1521/requerimento_009-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1522/requerimento_010-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1523/requerimento_011-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1538/requerimento_012-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1539/requerimento_013-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1540/requerimento_014-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1541/requerimento_015-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1542/requerimento_016-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1543/requerimento_017-2025_-_lgpd.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1544/requerimento_018-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1545/requerimento_019-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1563/requerimento_020-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1564/requerimento_021-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1573/requerimento_022-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1574/requerimento_023-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1575/requerimento_024-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1576/requerimento_025-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1582/requerimento_026-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1588/requerimento_027-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1589/requerimento_028-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1590/requerimento_029-2025_-_lgpd.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1591/requerimento_030-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1592/requerimento_031-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1601/requerimento_032-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1602/requerimento_033-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1603/requerimento_034-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1604/requerimento_035-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1610/requerimento_036-2025_-_lgpd.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1611/requerimento_037-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1622/requerimento_039-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1623/requerimento_040-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1624/requerimento_041-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1630/requerimento_042-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1631/requerimento_043-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1643/requerimento_044-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1644/requerimento_045-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1645/requerimento_046-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1646/requerimento_047-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1647/requerimento_048-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1654/requerimento_049-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1655/requerimento_050-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1670/requerimento_051-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1675/requerimento_052-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1676/requerimento_053-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1683/requerimento_054-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1684/requerimento_055-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1685/requerimento_056-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_004-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_011-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_013-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_014-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1492/indicacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_022-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1511/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1512/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1513/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1514/indicacao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_027-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1516/indicacao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1517/indicacao_029-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_030-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_031-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1520/indicacao_032-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1524/indicacao_033-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_034-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_035-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1527/indicacao_036-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_037-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_038-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_039-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_040-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_041-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_042-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_043-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_044-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_046-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_047-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_048-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_049-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_050-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_051-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_052-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1565/indicacao_053-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_054-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_055-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_056-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_057-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_058-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1578/indicacao_059-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_060-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1579/indicacao_061-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1580/indicacao_062-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1583/indicacao_063-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_064-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_065-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_066-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1593/indicacao_067-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1594/indicacao_068-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1595/indicacao_069-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1596/indicacao_070-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_071-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_072-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1605/indicacao_073-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1606/indicacao_074-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1607/indicacao_075-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1608/indicacao_076-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_077-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_078-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_079-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_080-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1617/indicacao_081-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1618/indicacao_082-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1619/indicacao_083-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1620/indicacao_084-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1621/indicacao_085-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_086-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_087-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1636/indicacao_088-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1637/indicacao_089-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_090-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1639/indicacao_091-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_092-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1641/indicacao_093-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1642/indicacao_094-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_095-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_096-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_097-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_098-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_099-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1661/indicacao_100-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1662/indicacao_101-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1663/indicacao_102-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_103-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_104-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_105-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_106-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1679/indicacao_107-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_108-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_109-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1688/indicacao_110-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1552/mocao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1570/mocao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1599/mocao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1616/mocao_004-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1689/mocao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1673/emenda_001-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2025/1691/emenda_002-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H230"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="188.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="127" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>