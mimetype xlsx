--- v0 (2025-12-16)
+++ v1 (2026-03-22)
@@ -54,1875 +54,1875 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>Douglas Roberto Benini</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1171/projeto_de_lei_complementar_do_executivo_001-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1171/projeto_de_lei_complementar_do_executivo_001-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na (Lei Complementar n.º 188/2023 - Estatuto dos Servidores Públicos de Itaporanga, Plano de Carreira, Estrutura de Cargos do Poder Executivo), e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1172/projeto_de_lei_complementar_do_executivo_002-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1172/projeto_de_lei_complementar_do_executivo_002-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do número de vagas dos cargos de psicólogo, fonoaudiólogo, fiscal de tributos, lançador e assistente social, e dá outras providências.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_lei_complementar_do_executivo_003-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_lei_complementar_do_executivo_003-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação de cargos em provimento efetivo e dá outras providências.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1221/projeto_de_lei_complementar_do_executivo_004-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1221/projeto_de_lei_complementar_do_executivo_004-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Complementar nº 188/2023 - Estatuto dos Servidores Públicos Municipais de Itaporanga, Plano de Carreiras, Estrutura de Cargos do Poder Executivo, e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1249/projeto_de_lei_complementar_do_executivo_005-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1249/projeto_de_lei_complementar_do_executivo_005-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração no art. 175 e Anexo III da Lei Complementar nº 188, de 2 de janeiro de 2023 - Estatuto dos Servidores Públicos Municipais e providências correlatas.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1236/projeto_de_lei_complementar_do_executivo_006-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1236/projeto_de_lei_complementar_do_executivo_006-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Complementar de n.º 186, de 28 de dezembro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1250/projeto_de_lei_complementar_do_executivo_007-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1250/projeto_de_lei_complementar_do_executivo_007-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e extinção de cargo em comissão e providências correlatas.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1265/projeto_de_lei_complementar_do_executivo_008-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1265/projeto_de_lei_complementar_do_executivo_008-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos de provimento efetivo que especifica e adota providências correlatas.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1304/projeto_de_lei_complementar_do_executivo_009-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1304/projeto_de_lei_complementar_do_executivo_009-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a repassar a assistência financeira complementar da União destinada ao cumprimento do piso salarial nacional dos profissionais enfermeiros, enfermeiros do trabalho, técnicos de enfermagem, técnicos de enfermagem do trabalho, auxiliares de enfermagem e parteiras e adota providências correlatas.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1305/projeto_de_lei_complementar_do_executivo_010-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1305/projeto_de_lei_complementar_do_executivo_010-2023.pdf</t>
   </si>
   <si>
     <t>Institui a Taxa de Serviço de Coleta, Remoção, Transporte e Destinação Final de Lixo ou Resíduos Sólidos – TCRS, em conformidade com o art. 106 da Lei Complementar nº 67, de 23 de dezembro de 2009 – Código Tributário Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1306/projeto_de_lei_complementar_do_executivo_011-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1306/projeto_de_lei_complementar_do_executivo_011-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do Mapa das Funções Sociais Urbanas do Perímetro Urbano do Município de Itaporanga e dá outras providências.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora - MEDIR</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1333/projeto_de_lei_complementar_do_legislativo_001-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1333/projeto_de_lei_complementar_do_legislativo_001-2023.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 16 da Lei Complementar n.º 119, de 27 de junho de 2014.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1170/projeto_de_lei_do_executivo_001-2023_ad.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1170/projeto_de_lei_do_executivo_001-2023_ad.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão geral anual na remuneração dos servidores públicos ativos e inativos no Poder Executivo, e dá outras providências.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1210/projeto_de_lei_do_executivo_002-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1210/projeto_de_lei_do_executivo_002-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização legislativa para declarar bens inservíveis e alienação através de leilão e providências correlatas.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1223/projeto_de_lei_do_executivo_004-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1223/projeto_de_lei_do_executivo_004-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Anexo I da Lei 2.409, de 5 de setembro de 2019 e providências correlatas.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1226/projeto_de_lei_do_executivo_005-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1226/projeto_de_lei_do_executivo_005-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do "Programa Conceição Aparecida da Silva Granero", consistente na manutenção de casa de apoio ou estabelecimento congênere aos pacientes em tratamento médico na cidade de Jaú/SP e providências correlatas.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1227/projeto_de_lei_do_executivo_006-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1227/projeto_de_lei_do_executivo_006-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remoção de veículos automotores abandonados nas vias públicas do Município de Itaporanga, nas condições que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1228/projeto_de_lei_do_executivo_007-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1228/projeto_de_lei_do_executivo_007-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização legislativa para doação de imóvel de propriedade do Município de Itaporanga/SP à Associação Itaporanguense Protetora dos Animais - AIPA e providências correlatas.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1237/projeto_de_lei_do_executivo_008-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1237/projeto_de_lei_do_executivo_008-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional especial por anulação e dá outras providências.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1239/projeto_de_lei_do_executivo_009-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1239/projeto_de_lei_do_executivo_009-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização legislativa para doação de imóvel de propriedade do Município de Itaporanga/SP ao Lar Dr. Franz Weiss - "Casa da Criança" e providências correlatas.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1238/projeto_de_lei_do_executivo_010-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1238/projeto_de_lei_do_executivo_010-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão do art. 3º-A na Lei 2.539, de 8 de maio de 2023, para estabelecer cláusulas que devem constar obrigatoriamente da Escritura Pública de Doação do bem imóvel doado por intermédio da mesma e providências correlatas.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1240/projeto_de_lei_do_executivo_011-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1240/projeto_de_lei_do_executivo_011-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização legislativa para a elaboração e execução de projeto de iluminação cênica do prédio da Abadia de Nossa Senhora de Santa Cruz e providências correlatas.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1251/projeto_de_lei_do_executivo_012-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1251/projeto_de_lei_do_executivo_012-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para a elaboração do orçamento do exercício financeiro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1248/projeto_de_lei_do_executivo_013-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1248/projeto_de_lei_do_executivo_013-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do prédio onde será instalada a nova sede da Prefeitura Municipal de Itaporanga e dá outras providências.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1246/projeto_de_lei_do_executivo_014-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1246/projeto_de_lei_do_executivo_014-2023.pdf</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1266/projeto_de_lei_do_executivo_015-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1266/projeto_de_lei_do_executivo_015-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder Benefício de Aluguel Social para famílias de baixa renda e que serão desalojadas por decisão judicial.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1267/projeto_de_lei_do_executivo_016-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1267/projeto_de_lei_do_executivo_016-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da quadra esportiva localizada no Bairro Cruzeirinho, Zona Rural do município de Itaporanga e dá outras providências.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1274/projeto_de_lei_do_executivo_017-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1274/projeto_de_lei_do_executivo_017-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional suplementar por excesso de arrecadação e dá outras providências.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_do_executivo_018-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_do_executivo_018-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional por anulação e dá outras providências.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1286/projeto_de_lei_do_executivo_019-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1286/projeto_de_lei_do_executivo_019-2023.pdf</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1290/projeto_de_lei_do_executivo_020-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1290/projeto_de_lei_do_executivo_020-2023.pdf</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1307/projeto_de_lei_do_executivo_021-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1307/projeto_de_lei_do_executivo_021-2023.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do orçamento programa do município de Itaporanga, para o exercício financeiro de 2024 (dois mil e vinte e quatro).</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1308/projeto_de_lei_do_executivo_022-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1308/projeto_de_lei_do_executivo_022-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei n.º 2.484, de 05 novembro de 2021 (Plano Plurianual 2022/2025) e dá outras providências.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1309/projeto_de_lei_do_executivo_023-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1309/projeto_de_lei_do_executivo_023-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei n.º 2.543, de 22 de junho de 2023 (Lei de Diretrizes Orçamentárias para o Exercício de 2024) e dá outras providências.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1330/projeto_de_lei_do_executivo_024-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1330/projeto_de_lei_do_executivo_024-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a desapropriar, em favor do Município, o imóvel que especifica, cujo domínio direto pertence a particular e adota providências correlatas.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1336/projeto_de_lei_do_executivo_025-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1336/projeto_de_lei_do_executivo_025-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar convênio e conceder subvenção com o Hospital e Maternidade Nossa Senhora das Graças de Itaporanga no exercício de 2024, nos moldes do art. 84, parágrafo único, inciso II da Lei 13.019/2014.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1338/projeto_de_lei_do_executivo_026-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1338/projeto_de_lei_do_executivo_026-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a desenvolver ações e aporte de Contrapartida Municipal para implementar o Programa Minha Casa Minha Vida conforme disposto na Lei 11.977 de 07 de Julho de 2009 e também nas disposições das instruções normativas do Ministério das Cidades, e dá outras providências.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1174/projeto_de_lei_do_legislativo_001-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1174/projeto_de_lei_do_legislativo_001-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão Geral Anual dos vencimentos dos servidores da Câmara Municipal de Itaporanga, Estado de São Paulo, e dá outras providências.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>Nilton Piá</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1175/projeto_de_lei_do_legislativo_002-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1175/projeto_de_lei_do_legislativo_002-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão das temáticas sobre Educação Financeira e Empreendedorismo na Rede Municipal de Ensino, e dá outras providências.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1198/projeto_de_lei_do_legislativo_003-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1198/projeto_de_lei_do_legislativo_003-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública e dá outras providências.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>Carlinhos Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1199/projeto_de_lei_do_legislativo_004-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1199/projeto_de_lei_do_legislativo_004-2023.pdf</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1209/projeto_de_lei_do_legislativo_005-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1209/projeto_de_lei_do_legislativo_005-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de estrada rural que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>Marcio Rodrigo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1247/projeto_de_lei_do_legislativo_006-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1247/projeto_de_lei_do_legislativo_006-2023.pdf</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1279/projeto_de_lei_do_legislativo_007-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1279/projeto_de_lei_do_legislativo_007-2023.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, do Vice-Prefeito e dos Secretários Municipais de Itaporanga para a legislatura de 2025 a 2028.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1285/projeto_de_lei_do_legislativo_008-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1285/projeto_de_lei_do_legislativo_008-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional especial por anulação.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>Renilson Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1310/projeto_de_lei_do_legislativo_009-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1310/projeto_de_lei_do_legislativo_009-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da rotatória localizada no cruzamento da Avenida Santa Cruz com a Avenida Dom Athanásio Merkle.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1311/projeto_de_lei_do_legislativo_010-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1311/projeto_de_lei_do_legislativo_010-2023.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia Municipal do Nascituro, em Valorização e Defesa da Vida” no Município de Itaporanga-SP, e dá outras providências.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1335/projeto_de_lei_do_legislativo_011-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1335/projeto_de_lei_do_legislativo_011-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional suplementar por anulação.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1337/projeto_de_lei_do_legislativo_012-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1337/projeto_de_lei_do_legislativo_012-2023.pdf</t>
   </si>
   <si>
     <t>Dá nova redação aos artigos 1º e 2º da Lei nº 2.559, de 15 de dezembro de 2023.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CPFO - Comissão Permanente de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1245/projeto_de_decreto_legislativo_001-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1245/projeto_de_decreto_legislativo_001-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das Contas do Poder Executivo Municipal, relativas ao exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1321/projeto_de_decreto_legislativo_002-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1321/projeto_de_decreto_legislativo_002-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título de Cidadã Honorária Itaporanguense à Senhora Tarcila Maria Benini.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1278/projeto_de_resolucao_001-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1278/projeto_de_resolucao_001-2023.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores e do Presidente da Câmara Municipal de Itaporanga para a legislatura de 2025 a 2028.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1189/requerimento_001-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1189/requerimento_001-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a construção de banheiro dedicado aos servidores do Cemitério Municipal.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>Gerson Viana</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1190/requerimento_002-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1190/requerimento_002-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a frota de máquinas da municipalidade.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1191/requerimento_003-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1191/requerimento_003-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a prestação de serviços de hora/máquina nas pedreiras do Município durante o ano de 2022.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1193/requerimento_004-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1193/requerimento_004-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a abertura de passagem no canteiro central da Avenida Santa Cruz, na altura do n.º 1.426.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>Fernando Assistência</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1200/requerimento_005-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1200/requerimento_005-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre os vencimentos dos servidores públicos municipais que especifica.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>Fernando Assistência, Carlinhos Ambulância, Fábio Benini, Gerson Viana, Marcio Rodrigo, Nilton Piá, Renilson Queiroz, Robison, Sérgio Benck</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1201/requerimento_006-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1201/requerimento_006-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal o cronograma detalhado de planejamento e execução de serviços de conservação das estradas dos bairros rurais.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>Renilson Queiroz, Carlinhos Ambulância, Fernando Assistência, Fábio Benini, Gerson Viana, Marcio Rodrigo, Nilton Piá, Robison, Sérgio Benck</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1202/requerimento_007-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1202/requerimento_007-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a utilização do Velório Municipal.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>Sérgio Benck, Gerson Viana</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1203/requerimento_008-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1203/requerimento_008-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre as despesas relacionadas aos eventos: Show da Virada – Réveillon, Copa Internacional de Futebol de Base, Itapô Folia e FEMAI.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1204/requerimento_009-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1204/requerimento_009-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o fornecimento de peças e serviços de manutenção para toda a frota municipal.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1213/requerimento_010-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1213/requerimento_010-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a unidade básica de saúde do Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1214/requerimento_011-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1214/requerimento_011-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a prestação de serviços de hora/máquina na extração de pedras, durante os anos de 2021 e 2022.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1217/requerimento_012-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1217/requerimento_012-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre transferência de motorista escolar.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>Fernando Assistência, Marcio Rodrigo, Nilton Piá, Renilson Queiroz, Robison</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1218/requerimento_013-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1218/requerimento_013-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a relação de bens móveis encaminhada através do Projeto de Lei n.º 2/2023.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1219/requerimento_014-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1219/requerimento_014-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a utilização do veículo modelo Spin, vinculado à Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>Sérgio Benck</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1220/requerimento_015-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1220/requerimento_015-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a utilização de veículo que especifica.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1224/requerimento_016-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1224/requerimento_016-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o sentido de trânsito da Rua Frei Pacífico de Montefalco e sobre área de estacionamento exclusivo para transporte escolar.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1229/requerimento_017-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1229/requerimento_017-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações acerca da criação de um espaço integrado de lazer no bairro Cruzeirão.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1230/requerimento_018-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1230/requerimento_018-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o caminhão de coleta de materiais recicláveis.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1231/requerimento_019-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1231/requerimento_019-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o barracão da Associação de Profissionais de Reciclagem de Itaporanga.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>Renilson Queiroz, Carlinhos Ambulância, Fernando Assistência, Gerson Viana</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1241/requerimento_020-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1241/requerimento_020-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias das ordens de viagens dos veículos de transporte de pacientes da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>Marcio Rodrigo, Fernando Assistência, Renilson Queiroz, Robison</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1258/requerimento_021-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1258/requerimento_021-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a Secretaria Municipal de Esportes.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1259/requerimento_022-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1259/requerimento_022-2023.pdf</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1260/requerimento_023-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1260/requerimento_023-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópia integral do processo administrativo instaurado para apurar possíveis irregularidades envolvendo a empresa responsável pelo serviço de coleta seletiva de materiais recicláveis.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1268/requerimento_024-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1268/requerimento_024-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre os serviços prestados pela empresa Gama S&amp;S Segurança do Trabalho.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>Renilson Queiroz, Carlinhos Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1287/requerimento_025-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1287/requerimento_025-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a execução orçamentária e financeira referente ao exercício de 2023.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1288/requerimento_026-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1288/requerimento_026-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações referentes aos cargos em comissão e sobre as gratificações concedidas aos servidores.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1291/requerimento_027-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1291/requerimento_027-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a manutenção da estrada do Bairro Cruzeirão.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Fernando Assistência, Carlinhos Ambulância, Gerson Viana, Marcio Rodrigo, Robison, Sérgio Benck</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1292/requerimento_028-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1292/requerimento_028-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a execução orçamentária e financeira.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1293/requerimento_029-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1293/requerimento_029-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre as mudanças de mão de direção estabelecidas pelo Decreto n.º 3.568/2023, especificamente em relação à Rua Antônio Briene de Camargo.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Carlinhos Ambulância, Fernando Assistência, Gerson Viana, Marcio Rodrigo, Robison, Sérgio Benck</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1294/requerimento_030-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1294/requerimento_030-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a utilização de máquinas da frota municipal.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Gerson Viana, Carlinhos Ambulância, Fernando Assistência, Marcio Rodrigo, Robison, Sérgio Benck</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1295/requerimento_031-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1295/requerimento_031-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a utilização de máquinas e caminhões da frota municipal.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Fernando Assistência, Carlinhos Ambulância, Gerson Viana, Marcio Rodrigo, Renilson Queiroz, Robison, Sérgio Benck</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1296/requerimento_032-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1296/requerimento_032-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações referentes ao último concurso público realizado pela Prefeitura Municipal de Itaporanga.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1297/requerimento_033-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1297/requerimento_033-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações acerca da contratação da empresa Neme Engenharia Ltda.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Fernando Assistência, Marcio Rodrigo, Renilson Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1312/requerimento_034-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1312/requerimento_034-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre as linhas de ônibus que atendem os bairros rurais.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1313/requerimento_035-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1313/requerimento_035-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a execução de melhorias na infraestrutura do Bairro Bela Vista.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1314/requerimento_036-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1314/requerimento_036-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a Secretaria Municipal de Turismo e Cultura.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Robison, Renilson Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1315/requerimento_037-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1315/requerimento_037-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações acerca dos impactos financeiros resultantes da interrupção dos serviços de transporte público para os bairros rurais no horário das 12h.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1316/requerimento_038-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1316/requerimento_038-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre manutenção realizada em ônibus da Frota Municipal.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1322/requerimento_039-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1322/requerimento_039-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações referentes à obra de construção da Rotatória do Peregrino, situada no cruzamento das Avenidas Santa Cruz e Dom Athanásio Merkle.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1323/requerimento_040-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1323/requerimento_040-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações referentes à obra de construção do mirante localizado na Avenida Natália Valente.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Robison</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1327/requerimento_041-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1327/requerimento_041-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal esclarecimentos sobre o fornecimento de lanches nos serviços de transporte coletivo da Saúde e durante as viagens relacionadas à Secretaria de Esportes.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1328/requerimento_042-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1328/requerimento_042-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a demarcação da propriedade denominada popularmente como “Fazenda da Maitê” em relação à área cedida à população do Bairro IAFAM.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1329/requerimento_043-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1329/requerimento_043-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal esclarecimentos sobre a demarcação territorial entre o Bairro Pau D’alho e o Município de Riversul.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1176/indicacao_001-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1176/indicacao_001-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de iluminação pública na Rua Maria Nunes Brizola.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1177/indicacao_002-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1177/indicacao_002-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que analise a viabilidade técnica para instalação de câmeras de monitoramento nas ruas da cidade.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1178/indicacao_003-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1178/indicacao_003-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que analise a viabilidade de aquisição de terreno com a finalidade de criação de um parque industrial.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1179/indicacao_004-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1179/indicacao_004-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para abertura de uma passagem no canteiro central da Avenida Santa Cruz, em frente à entrada do setor de emergência do Hospital e Maternidade Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1180/indicacao_005-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1180/indicacao_005-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para encaminhamento de projeto de lei autorizando o pagamento aos Agentes Comunitários de Saúde e Agentes de Controle de Endemias do Incentivo Financeiro Adicional - IFA.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1181/indicacao_006-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1181/indicacao_006-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para execução de serviços de manutenção nas calçadas da cidade.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1182/indicacao_007-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1182/indicacao_007-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para execução de obras de manutenção nas ruas do Bairro Eduardo Mazur “Parque das Nações”.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1183/indicacao_008-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1183/indicacao_008-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para execução de serviços de manutenção no Conjunto Poliesportivo José Corrêa de Moraes.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1184/indicacao_009-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1184/indicacao_009-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para que os trailers localizados na Rua Aparício Fiuza de Carvalho sejam reposicionados no espaço entre o muro da E.M. Cel. Vicente Russo do Amaral e a cobertura metálica da Rua São João.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1185/indicacao_010-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1185/indicacao_010-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para execução de serviço de pintura das faixas de pedestres e redutores de velocidades (lombadas).</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1186/indicacao_011-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1186/indicacao_011-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para correção do desnível presente na Rua 21 de Abril, no cruzamento com a Rua Barão de Antonina.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1187/indicacao_012-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1187/indicacao_012-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para elaboração de cronograma com a escala mensal das equipes de limpeza para realização de serviços de manutenção das praças e jardins dos bairros rurais.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1188/indicacao_013-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1188/indicacao_013-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de um redutor de velocidade, do tipo lombada, na Rua Antônio do Espírito Santo Ferreira, Bairro CDHU II, nas proximidades do n.º 181.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1194/indicacao_014-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1194/indicacao_014-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para determinar ao setor competente que realize o serviço de poda das árvores localizadas na Rua 21 de Abril, em frente à oficina mecânica do Senhor “Nenê Negrão”.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1195/indicacao_015-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1195/indicacao_015-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para determinar ao setor competente que execute serviço de limpeza na Rua Joana Garcia da Veiga “Rua da Alegria”.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1196/indicacao_016-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1196/indicacao_016-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para determinar a instalação de placa indicativa com os nomes dos bairros da Onça, dos Silvas e Maria Júlia na entrada da estrada IRG-030 ou na rotatória da rodovia.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1197/indicacao_017-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1197/indicacao_017-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para execução de recapeamento asfáltico na Rua Elizário Gonçalves de Oliveira.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1205/indicacao_018-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1205/indicacao_018-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para que as cestas básicas sejam entregues aos servidores no último dia de cada mês.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1206/indicacao_019-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1206/indicacao_019-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a concessão de auxílio financeiro mensal aos professores da Rede Municipal de Ensino que lecionam nas escolas dos bairros Cruzeirão e Santo Antônio.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1207/indicacao_020-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1207/indicacao_020-2023.pdf</t>
   </si>
   <si>
     <t>Reitera ao Executivo Municipal indicação de providências para implantação de uma Casa de Apoio aos pacientes em tratamento oncológico no Hospital Amaral Carvalho, localizado na cidade de Jaú/SP.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1208/indicacao_021-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1208/indicacao_021-2023.pdf</t>
   </si>
   <si>
     <t>Reitera ao Executivo Municipal indicação de providências para realização de serviços de limpeza e conservação nas proximidades da Escola Municipal do Bairro São Sebastião.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1211/indicacao_022-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1211/indicacao_022-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para concessão de adicional de insalubridade aos servidores lotados nos cargos de Agente de Serviços de Cozinha e Padeiro.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>Sérgio Benck, Carlinhos Ambulância, Gerson Viana</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1212/indicacao_023-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1212/indicacao_023-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a concessão de transporte gratuito aos estudantes matriculados em curso superior ou técnico.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1215/indicacao_024-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1215/indicacao_024-2023.pdf</t>
   </si>
   <si>
     <t>Reitera ao Executivo Municipal indicação de providências, em parceria com a Secretaria Municipal de Saúde, para criação do Programa Farmácia Solidária.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1216/indicacao_025-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1216/indicacao_025-2023.pdf</t>
   </si>
   <si>
     <t>Reitera ao Executivo Municipal indicação de providências para instalação de proteção lateral na ponte localizada na estrada vicinal do Bairro da Onça.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1225/indicacao_026-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1225/indicacao_026-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam analisadas, em conjunto com os demais órgãos competentes, medidas de segurança para as unidades de ensino municipais, estaduais e particulares.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1232/indicacao_027-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1232/indicacao_027-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para construção de abrigo em ponto de ônibus e execução de serviços de conservação no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1233/indicacao_028-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1233/indicacao_028-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências, em parceria com a Sabesp, para execução de prolongamento e melhorias na rede de abastecimento de água do Bairro dos Silvas.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1234/indicacao_029-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1234/indicacao_029-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para execução de serviços de conservação e melhorias na Rua Maria Nunes Brizola, via pública situada na Vila Antônio Campina.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1235/indicacao_030-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1235/indicacao_030-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para execução de serviços de conservação e melhorias no Bairro Rio Verde.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1242/indicacao_031-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1242/indicacao_031-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de bancos na Praça Municipal Valdolino Dorte dos Santos, situada no Conjunto Habitacional Dom Estevam Stork.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1243/indicacao_032-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1243/indicacao_032-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de reforma estrutural em guarita localizada na estrada do Bairro da Onça, nas proximidades da Chácara Santa Paulina.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1244/indicacao_033-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1244/indicacao_033-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para promover a regularização fundiária no Bairro Cruzeirão.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1252/indicacao_034-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1252/indicacao_034-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja estudada a possibilidade de alteração da tabela I do anexo I do Código Tributário Municipal.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1253/indicacao_035-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1253/indicacao_035-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para correção das ondulações transversais (lombadas) existentes na Rua Joaquim Ferreira Lúcio.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1254/indicacao_036-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1254/indicacao_036-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a contratação de empresa para a elaboração de projeto básico e execução de serviços de campo, visando a pavimentação asfáltica da estrada do Bairro Cruzeirão, para que seja possível a inclusão do projeto no Programa “Novas Estradas Vicinais" do Governo do Estado de São Paulo.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1255/indicacao_037-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1255/indicacao_037-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de pontos de iluminação pública no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1256/indicacao_038-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1256/indicacao_038-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja analisada a viabilidade técnica para a implantação de departamentos de licitações nas Secretarias de Saúde, Educação e no Pátio Municipal.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1257/indicacao_039-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1257/indicacao_039-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para limpeza e roçagem de mato do acostamento da Estrada Vicinal Kazuyoshi Kurita.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1262/indicacao_040-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1262/indicacao_040-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências, em conjunto com o Hospital e Maternidade Nossa Senhora das Graças, para a contratação de um médico clínico geral para prestar atendimento no pronto-socorro e, principalmente, atuar durante as transferências de pacientes.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1263/indicacao_041-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1263/indicacao_041-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para elaboração de projeto de lei de incentivo aos servidores municipais que são estudantes, mediante a compensação de horário de trabalho para possibilitar a frequência em estágio, sem prejuízo remuneratório.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1264/indicacao_042-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1264/indicacao_042-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para execução de serviços de revitalização na Biblioteca Municipal.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1269/indicacao_043-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1269/indicacao_043-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências visando à execução de serviços de limpeza e conservação na “Rua da Alegria” e suas proximidades.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1270/indicacao_044-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1270/indicacao_044-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para revitalização do canteiro central da Avenida Dom Athanázio Merkle.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1271/indicacao_045-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1271/indicacao_045-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para ampliação do Cemitério Municipal.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1272/indicacao_046-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1272/indicacao_046-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para construção de um barracão no terreno localizado ao lado da quadra poliesportiva do Conjunto Habitacional Vice-Prefeito Antônio Rodrigues, visando atrair novas empresas e impulsionar a geração de oportunidades de empregos.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1275/indicacao_047-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1275/indicacao_047-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a instalação de um redutor de velocidade (lombada) na Rua João Panzarin, n.º 669, em frente à residência do Senhor Osni Silva.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Carlinhos Ambulância, Fábio Benini, Marcio Rodrigo, Nilton Piá, Renilson Queiroz, Robison</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1276/indicacao_048-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1276/indicacao_048-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a adoção de providências visando à realização de lajotamento das ruas da Vila São Pedro.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1277/indicacao_049-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1277/indicacao_049-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a recuperação e manutenção das vias rurais IRG 365 e IRG 467, por meio do Programa Melhor Caminho.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1280/indicacao_050-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1280/indicacao_050-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a instalação de guaritas ou pontos de ônibus em frente a todas as creches municipais.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_051-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_051-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências visando a melhoria da segurança na Estrada Vicinal Kazuyoshi Kurita, precisamente na curva acentuada localizada nas proximidades do Bairro Mosteirinho.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1282/indicacao_052-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1282/indicacao_052-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a instalação de redutores de velocidade (lombadas) na Rua 7 de Setembro, na altura do nº 832b e nº 630, quarteirão da oficina MCM Auto Elétrico.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_053-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_053-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a recolocação de lombada na Estrada Vicinal Kazuyoshi Kurita, no trecho localizado em frente à Capela de São José no Bairro Mosteirinho.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_054-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_054-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de lombada eletrônica na Estrada Vicinal Kazuyoshi Kurita, mais precisamente na curva acentuada localizada próxima ao Mosteirinho.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1289/indicacao_055-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1289/indicacao_055-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de lixeiras nos ambientes públicos de nossa cidade.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_056-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_056-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de sistema de câmeras de monitoramento em todas as creches e escolas mantidas pela administração municipal.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_057-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_057-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para promover uma melhor identificação das delimitações das áreas dos bairros que compõem o perímetro urbano.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_058-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_058-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências, em conjunto com a Vigilância Sanitária, para realizar ações de notificação e fiscalização dos proprietários de terrenos localizados no Bairro Jardim Valle Verde.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_059-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_059-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que estude a viabilidade de implementação de um novo desvio de trânsito, visando mitigar as dificuldades de circulação causadas pela obra de construção do mirante.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_060-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_060-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a instalação de pontos de iluminação pública no trecho que se estende desde a entrada do Bairro Bela Vista até o início da Avenida Santa Cruz.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1317/indicacao_061-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1317/indicacao_061-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de um ponto de iluminação pública na praça do Conjunto Habitacional Dom Estevam Stork.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1318/indicacao_062-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1318/indicacao_062-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de pontos de iluminação pública no entorno do campo de futebol do Bairro Campinho.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Carlinhos Ambulância, Fábio Benini, Nilton Piá, Renilson Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1319/indicacao_063-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1319/indicacao_063-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de serviços de manutenção na estrada que passa em frente ao poço artesiano localizado no Bairro dos Silvas.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Carlinhos Ambulância, Fábio Benini, Nilton Piá, Renilson Queiroz, Robison</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1320/indicacao_064-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1320/indicacao_064-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que analise a viabilidade de restabelecer as linhas de ônibus para os bairros rurais no horário das 12h, pelo menos uma vez por semana.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1324/indicacao_065-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1324/indicacao_065-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências, em conjunto com a Arteris – ViaPaulista, para viabilizar a construção de uma rotatória na Rodovia Juventino Patriarca (SP-281), km 62, na entrada do Bairro Bela Vista.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1325/indicacao_066-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1325/indicacao_066-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a realização de intervenções urgentes no sistema de iluminação pública de nossa cidade.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1326/indicacao_067-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1326/indicacao_067-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a instalação de pontos de iluminação pública no Aldeia indígena Tekoá Porã.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1192/mocao_de_aplausos_001-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1192/mocao_de_aplausos_001-2023.pdf</t>
   </si>
   <si>
     <t>Aos times de Itaporanga/SP que participaram da 15ª Copa Internacional de Futebol de Base.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>Plenário - PLE</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1261/mocao_002-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1261/mocao_002-2023.pdf</t>
   </si>
   <si>
     <t>Apelo aos Deputados Estaduais para que rejeitem o Projeto de Lei n.º 752/2021.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>Renilson Queiroz, Fernando Assistência</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1303/mocao_003-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1303/mocao_003-2023.pdf</t>
   </si>
   <si>
     <t>Apoio ao Congresso Nacional, em face da tentativa de legalização do aborto por meio da ADPF n.º 442, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo e de se evitar um possível ativismo judicial por parte do Supremo Tribunal Federal.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1331/denuncia_001-2023_-_lgpd.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1331/denuncia_001-2023_-_lgpd.pdf</t>
   </si>
   <si>
     <t>Requer a formação de Comissão Processante contra o Senhor Prefeito de Itaporanga, Douglas Roberto Benini.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>PTCE</t>
   </si>
   <si>
     <t>Parecer do Tribunal de Contas do Est. de SP</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de São Paulo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1222/parecer_do_tribunal_de_contas_001-2023.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1222/parecer_do_tribunal_de_contas_001-2023.pdf</t>
   </si>
   <si>
     <t>Processo Eletrônico TC-2854.989.20-9 contendo o Parecer Prévio relativo às contas do exercício de 2020 do Poder Executivo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2229,67 +2229,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1171/projeto_de_lei_complementar_do_executivo_001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1172/projeto_de_lei_complementar_do_executivo_002-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_lei_complementar_do_executivo_003-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1221/projeto_de_lei_complementar_do_executivo_004-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1249/projeto_de_lei_complementar_do_executivo_005-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1236/projeto_de_lei_complementar_do_executivo_006-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1250/projeto_de_lei_complementar_do_executivo_007-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1265/projeto_de_lei_complementar_do_executivo_008-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1304/projeto_de_lei_complementar_do_executivo_009-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1305/projeto_de_lei_complementar_do_executivo_010-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1306/projeto_de_lei_complementar_do_executivo_011-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1333/projeto_de_lei_complementar_do_legislativo_001-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1170/projeto_de_lei_do_executivo_001-2023_ad.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1210/projeto_de_lei_do_executivo_002-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1223/projeto_de_lei_do_executivo_004-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1226/projeto_de_lei_do_executivo_005-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1227/projeto_de_lei_do_executivo_006-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1228/projeto_de_lei_do_executivo_007-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1237/projeto_de_lei_do_executivo_008-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1239/projeto_de_lei_do_executivo_009-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1238/projeto_de_lei_do_executivo_010-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1240/projeto_de_lei_do_executivo_011-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1251/projeto_de_lei_do_executivo_012-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1248/projeto_de_lei_do_executivo_013-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1246/projeto_de_lei_do_executivo_014-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1266/projeto_de_lei_do_executivo_015-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1267/projeto_de_lei_do_executivo_016-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1274/projeto_de_lei_do_executivo_017-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_do_executivo_018-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1286/projeto_de_lei_do_executivo_019-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1290/projeto_de_lei_do_executivo_020-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1307/projeto_de_lei_do_executivo_021-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1308/projeto_de_lei_do_executivo_022-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1309/projeto_de_lei_do_executivo_023-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1330/projeto_de_lei_do_executivo_024-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1336/projeto_de_lei_do_executivo_025-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1338/projeto_de_lei_do_executivo_026-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1174/projeto_de_lei_do_legislativo_001-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1175/projeto_de_lei_do_legislativo_002-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1198/projeto_de_lei_do_legislativo_003-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1199/projeto_de_lei_do_legislativo_004-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1209/projeto_de_lei_do_legislativo_005-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1247/projeto_de_lei_do_legislativo_006-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1279/projeto_de_lei_do_legislativo_007-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1285/projeto_de_lei_do_legislativo_008-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1310/projeto_de_lei_do_legislativo_009-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1311/projeto_de_lei_do_legislativo_010-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1335/projeto_de_lei_do_legislativo_011-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1337/projeto_de_lei_do_legislativo_012-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1245/projeto_de_decreto_legislativo_001-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1321/projeto_de_decreto_legislativo_002-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1278/projeto_de_resolucao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1189/requerimento_001-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1190/requerimento_002-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1191/requerimento_003-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1193/requerimento_004-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1200/requerimento_005-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1201/requerimento_006-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1202/requerimento_007-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1203/requerimento_008-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1204/requerimento_009-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1213/requerimento_010-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1214/requerimento_011-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1217/requerimento_012-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1218/requerimento_013-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1219/requerimento_014-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1220/requerimento_015-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1224/requerimento_016-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1229/requerimento_017-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1230/requerimento_018-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1231/requerimento_019-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1241/requerimento_020-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1258/requerimento_021-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1259/requerimento_022-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1260/requerimento_023-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1268/requerimento_024-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1287/requerimento_025-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1288/requerimento_026-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1291/requerimento_027-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1292/requerimento_028-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1293/requerimento_029-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1294/requerimento_030-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1295/requerimento_031-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1296/requerimento_032-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1297/requerimento_033-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1312/requerimento_034-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1313/requerimento_035-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1314/requerimento_036-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1315/requerimento_037-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1316/requerimento_038-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1322/requerimento_039-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1323/requerimento_040-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1327/requerimento_041-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1328/requerimento_042-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1329/requerimento_043-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1176/indicacao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1177/indicacao_002-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1178/indicacao_003-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1179/indicacao_004-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1180/indicacao_005-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1181/indicacao_006-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1182/indicacao_007-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1183/indicacao_008-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1184/indicacao_009-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1185/indicacao_010-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1186/indicacao_011-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1187/indicacao_012-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1188/indicacao_013-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1194/indicacao_014-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1195/indicacao_015-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1196/indicacao_016-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1197/indicacao_017-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1205/indicacao_018-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1206/indicacao_019-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1207/indicacao_020-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1208/indicacao_021-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1211/indicacao_022-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1212/indicacao_023-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1215/indicacao_024-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1216/indicacao_025-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1225/indicacao_026-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1232/indicacao_027-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1233/indicacao_028-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1234/indicacao_029-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1235/indicacao_030-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1242/indicacao_031-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1243/indicacao_032-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1244/indicacao_033-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1252/indicacao_034-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1253/indicacao_035-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1254/indicacao_036-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1255/indicacao_037-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1256/indicacao_038-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1257/indicacao_039-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1262/indicacao_040-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1263/indicacao_041-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1264/indicacao_042-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1269/indicacao_043-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1270/indicacao_044-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1271/indicacao_045-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1272/indicacao_046-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1275/indicacao_047-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1276/indicacao_048-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1277/indicacao_049-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1280/indicacao_050-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_051-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1282/indicacao_052-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_053-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_054-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1289/indicacao_055-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_056-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_057-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_058-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_059-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_060-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1317/indicacao_061-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1318/indicacao_062-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1319/indicacao_063-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1320/indicacao_064-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1324/indicacao_065-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1325/indicacao_066-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1326/indicacao_067-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1192/mocao_de_aplausos_001-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1261/mocao_002-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1303/mocao_003-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1331/denuncia_001-2023_-_lgpd.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1222/parecer_do_tribunal_de_contas_001-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1171/projeto_de_lei_complementar_do_executivo_001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1172/projeto_de_lei_complementar_do_executivo_002-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_lei_complementar_do_executivo_003-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1221/projeto_de_lei_complementar_do_executivo_004-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1249/projeto_de_lei_complementar_do_executivo_005-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1236/projeto_de_lei_complementar_do_executivo_006-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1250/projeto_de_lei_complementar_do_executivo_007-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1265/projeto_de_lei_complementar_do_executivo_008-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1304/projeto_de_lei_complementar_do_executivo_009-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1305/projeto_de_lei_complementar_do_executivo_010-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1306/projeto_de_lei_complementar_do_executivo_011-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1333/projeto_de_lei_complementar_do_legislativo_001-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1170/projeto_de_lei_do_executivo_001-2023_ad.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1210/projeto_de_lei_do_executivo_002-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1223/projeto_de_lei_do_executivo_004-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1226/projeto_de_lei_do_executivo_005-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1227/projeto_de_lei_do_executivo_006-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1228/projeto_de_lei_do_executivo_007-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1237/projeto_de_lei_do_executivo_008-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1239/projeto_de_lei_do_executivo_009-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1238/projeto_de_lei_do_executivo_010-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1240/projeto_de_lei_do_executivo_011-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1251/projeto_de_lei_do_executivo_012-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1248/projeto_de_lei_do_executivo_013-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1246/projeto_de_lei_do_executivo_014-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1266/projeto_de_lei_do_executivo_015-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1267/projeto_de_lei_do_executivo_016-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1274/projeto_de_lei_do_executivo_017-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_do_executivo_018-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1286/projeto_de_lei_do_executivo_019-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1290/projeto_de_lei_do_executivo_020-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1307/projeto_de_lei_do_executivo_021-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1308/projeto_de_lei_do_executivo_022-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1309/projeto_de_lei_do_executivo_023-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1330/projeto_de_lei_do_executivo_024-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1336/projeto_de_lei_do_executivo_025-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1338/projeto_de_lei_do_executivo_026-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1174/projeto_de_lei_do_legislativo_001-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1175/projeto_de_lei_do_legislativo_002-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1198/projeto_de_lei_do_legislativo_003-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1199/projeto_de_lei_do_legislativo_004-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1209/projeto_de_lei_do_legislativo_005-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1247/projeto_de_lei_do_legislativo_006-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1279/projeto_de_lei_do_legislativo_007-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1285/projeto_de_lei_do_legislativo_008-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1310/projeto_de_lei_do_legislativo_009-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1311/projeto_de_lei_do_legislativo_010-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1335/projeto_de_lei_do_legislativo_011-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1337/projeto_de_lei_do_legislativo_012-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1245/projeto_de_decreto_legislativo_001-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1321/projeto_de_decreto_legislativo_002-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1278/projeto_de_resolucao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1189/requerimento_001-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1190/requerimento_002-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1191/requerimento_003-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1193/requerimento_004-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1200/requerimento_005-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1201/requerimento_006-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1202/requerimento_007-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1203/requerimento_008-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1204/requerimento_009-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1213/requerimento_010-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1214/requerimento_011-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1217/requerimento_012-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1218/requerimento_013-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1219/requerimento_014-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1220/requerimento_015-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1224/requerimento_016-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1229/requerimento_017-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1230/requerimento_018-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1231/requerimento_019-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1241/requerimento_020-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1258/requerimento_021-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1259/requerimento_022-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1260/requerimento_023-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1268/requerimento_024-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1287/requerimento_025-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1288/requerimento_026-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1291/requerimento_027-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1292/requerimento_028-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1293/requerimento_029-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1294/requerimento_030-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1295/requerimento_031-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1296/requerimento_032-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1297/requerimento_033-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1312/requerimento_034-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1313/requerimento_035-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1314/requerimento_036-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1315/requerimento_037-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1316/requerimento_038-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1322/requerimento_039-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1323/requerimento_040-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1327/requerimento_041-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1328/requerimento_042-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1329/requerimento_043-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1176/indicacao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1177/indicacao_002-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1178/indicacao_003-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1179/indicacao_004-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1180/indicacao_005-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1181/indicacao_006-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1182/indicacao_007-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1183/indicacao_008-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1184/indicacao_009-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1185/indicacao_010-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1186/indicacao_011-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1187/indicacao_012-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1188/indicacao_013-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1194/indicacao_014-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1195/indicacao_015-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1196/indicacao_016-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1197/indicacao_017-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1205/indicacao_018-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1206/indicacao_019-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1207/indicacao_020-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1208/indicacao_021-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1211/indicacao_022-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1212/indicacao_023-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1215/indicacao_024-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1216/indicacao_025-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1225/indicacao_026-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1232/indicacao_027-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1233/indicacao_028-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1234/indicacao_029-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1235/indicacao_030-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1242/indicacao_031-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1243/indicacao_032-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1244/indicacao_033-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1252/indicacao_034-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1253/indicacao_035-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1254/indicacao_036-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1255/indicacao_037-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1256/indicacao_038-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1257/indicacao_039-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1262/indicacao_040-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1263/indicacao_041-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1264/indicacao_042-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1269/indicacao_043-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1270/indicacao_044-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1271/indicacao_045-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1272/indicacao_046-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1275/indicacao_047-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1276/indicacao_048-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1277/indicacao_049-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1280/indicacao_050-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_051-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1282/indicacao_052-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_053-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_054-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1289/indicacao_055-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_056-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_057-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_058-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_059-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_060-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1317/indicacao_061-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1318/indicacao_062-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1319/indicacao_063-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1320/indicacao_064-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1324/indicacao_065-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1325/indicacao_066-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1326/indicacao_067-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1192/mocao_de_aplausos_001-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1261/mocao_002-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1303/mocao_003-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1331/denuncia_001-2023_-_lgpd.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2023/1222/parecer_do_tribunal_de_contas_001-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H168"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="125.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="127" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>