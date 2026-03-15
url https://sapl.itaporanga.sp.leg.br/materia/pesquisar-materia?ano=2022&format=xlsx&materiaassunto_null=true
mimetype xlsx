--- v0 (2025-12-17)
+++ v1 (2026-03-15)
@@ -54,2241 +54,2241 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Douglas Roberto Benini</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/974/proposta_do_executivo_de_emenda_a_lei_organica_001-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/974/proposta_do_executivo_de_emenda_a_lei_organica_001-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Orgânica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mesa Diretora - MEDIR</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1088/proposta_de_emenda_a_lei_organica_002-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1088/proposta_de_emenda_a_lei_organica_002-2022.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao parágrafo único do artigo 51.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/975/projeto_de_lei_complementar_do_executivo_001-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/975/projeto_de_lei_complementar_do_executivo_001-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de 03 (três) cargos, com as específicas providências correlatas.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/987/projeto_de_lei_complementar_do_executivo_002-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/987/projeto_de_lei_complementar_do_executivo_002-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do número de vagas  dos cargos de Enfermeiro, Engenheiro Civil  e Agente Comunitário da Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/996/projeto_de_lei_complementar_do_executivo_003-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/996/projeto_de_lei_complementar_do_executivo_003-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargo em comissão de Chefe do Departamento de Convênios e Recursos e dá outras providências.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/997/projeto_de_lei_complementar_do_executivo_004-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/997/projeto_de_lei_complementar_do_executivo_004-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Secretaria Municipal de Obras e Desenvolvimento e dá outras providências.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1011/projeto_de_lei_complementar_do_executivo_005-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1011/projeto_de_lei_complementar_do_executivo_005-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargo em comissão que especifica e outras providências.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1012/projeto_de_lei_complementar_do_executivo_006-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1012/projeto_de_lei_complementar_do_executivo_006-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de carga horária de cargo que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1034/projeto_de_lei_complementar_do_executivo_007-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1034/projeto_de_lei_complementar_do_executivo_007-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre adequação da remuneração dos Agentes Comunitários da Saúde e dos Agentes de Saúde Sanitária e de Endemias no Município de Itaporanga, Estado de São Paulo, ao art. 198, § 9º da Constituição Federal, que foi objeto de alteração pela Emenda Constitucional nº 120, de 05 de maio de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1060/projeto_de_lei_complementar_do_executivo_008-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1060/projeto_de_lei_complementar_do_executivo_008-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre adequação da remuneração dos Profissionais do Magistério Público da Educação Básica no Município de Itaporanga, Estado de São Paulo, em conformidade com a Portaria nº 67, de 4 de fevereiro de 2022, do Ministério da Educação, e dá outras providências.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1070/projeto_de_lei_complementar_do_executivo_009-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1070/projeto_de_lei_complementar_do_executivo_009-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de escolaridade mínima do cargo de Secretário Municipal de Serviços Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1078/projeto_de_lei_complementar_do_executivo_010-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1078/projeto_de_lei_complementar_do_executivo_010-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de artigos na Lei Complementar nº 65, de 08 de outubro de 2009, que institui o  Código de Posturas do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1079/projeto_de_lei_complementar_do_executivo_011-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1079/projeto_de_lei_complementar_do_executivo_011-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações no Estatuto dos Servidores Públicos Municipais - Lei Complementar nº 003/2001 e providências correlatas.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1087/projeto_de_lei_complementar_do_executivo_012-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1087/projeto_de_lei_complementar_do_executivo_012-2022.pdf</t>
   </si>
   <si>
     <t>Altera os critérios para contagem de tempo como período aquisitivo necessário para a concessão de quinquênios, sexta-parte e demais mecanismos equivalentes para todos os servidores públicos municipais, nos termos da Lei Complementar Federal nº 191/2022.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1089/projeto_de__lei_complementar_do_executivo_013-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1089/projeto_de__lei_complementar_do_executivo_013-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Secretaria Municipal de Trânsito – SEMUTRAN, da Junta Administrativa de Recursos de Infração – JARI e dá outras providências.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1110/projeto_de_lei_complementar_do_executivo_014-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1110/projeto_de_lei_complementar_do_executivo_014-2022.pdf</t>
   </si>
   <si>
     <t>Cria a Secretaria Municipal de Defesa Civil (SEMDEC) do Município de Itaporanga/SP e dá outras providências.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1090/projeto_de_lei_complementar_do_executivo_015-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1090/projeto_de_lei_complementar_do_executivo_015-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diárias aos motoristas da saúde e dá outras providências.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1127/projeto_de_lei_complementar_do_executivo_016-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1127/projeto_de_lei_complementar_do_executivo_016-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no Plano Diretor Participativo do Município de Itaporanga e dá outras providências.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1165/projeto_de_lei_complementar_do_executivo_017-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1165/projeto_de_lei_complementar_do_executivo_017-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Estatuto dos Servidores, Plano de Carreira, Remuneração dos Servidores Públicos Municipais, Estrutura de Cargos de Itaporanga, e dá outras providências.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1166/projeto_de_lei_complementar_do_executivo_018-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1166/projeto_de_lei_complementar_do_executivo_018-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Estatuto dos Servidores Públicos Municipais de Itaporanga, Plano de Carreira, Estrutura de Cargos do Poder Executivo, e dá outras providências.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1150/projeto_de_lei_complementar_do_legislativo_001-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1150/projeto_de_lei_complementar_do_legislativo_001-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação do artigo 16-A da Lei Complementar n.º 119, de 27 de junho de 2014.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1169/projeto_de_lei_complementar_do_legislativo_002-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1169/projeto_de_lei_complementar_do_legislativo_002-2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar n.º 119, de 27 de junho de 2014, e concede reajuste sobre os vencimentos dos Servidores do Legislativo Municipal.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_lei_do_executivo_001-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_lei_do_executivo_001-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão geral anual na renumeração dos servidores públicos ativos e inativos no Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/976/projeto_de_lei_do_executivo_002-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/976/projeto_de_lei_do_executivo_002-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para aquisição de veículos para a Administração Municipal e providências correlatas.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/981/projeto_de_lei_do_executivo_003-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/981/projeto_de_lei_do_executivo_003-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional suplementar por anulação e dá outras providências.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/984/projeto_de_lei_do_executivo_004-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/984/projeto_de_lei_do_executivo_004-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para aquisição de maquinários e implementos agrícolas para a Administração Municipal e providências correlatas.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/982/projeto_de_lei_do_executivo_005-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/982/projeto_de_lei_do_executivo_005-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional especial por anulação e dá outras providências.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/995/projeto_de_lei_do_executivo_006-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/995/projeto_de_lei_do_executivo_006-2022.pdf</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/998/projeto_de_lei_do_executivo_007-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/998/projeto_de_lei_do_executivo_007-2022.pdf</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1013/projeto_de_lei_do_executivo_008-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1013/projeto_de_lei_do_executivo_008-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional suplementar por superávit financeiro apurado em Balanço Patrimonial de exercício anterior e dá outras providências.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1014/projeto_de_lei_do_executivo_009-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1014/projeto_de_lei_do_executivo_009-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização legislativa para aquisição de imóvel que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1015/projeto_de_lei_do_executivo_010-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1015/projeto_de_lei_do_executivo_010-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de auxílio pecuniário para transporte aos estudantes de cursos técnicos e universitários do Município de Itaporanga, e dá outras providências.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1016/projeto_de_lei_do_executivo_011-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1016/projeto_de_lei_do_executivo_011-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de veículo para transporte de pessoas que estejam participando de eventos promovidos pela Secretaria Municipal de Agricultura e Meio Ambiente, e dá outras providências.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1032/projeto_de_lei_do_executivo_012-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1032/projeto_de_lei_do_executivo_012-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de convênio com a Polícia Militar do Estado de São Paulo e cria a gratificação por desempenho de atividade delegada, nos termos que especifica, a ser paga aos policiais militares que exercem atividade municipal delegada, e dá outras providências.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1042/projeto_de_lei_do_executivo_013-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1042/projeto_de_lei_do_executivo_013-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para a elaboração do orçamento do exercício financeiro de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1041/projeto_de_lei_do_executivo_014-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1041/projeto_de_lei_do_executivo_014-2022.pdf</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1059/projeto_de_lei_do_executivo_015-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1059/projeto_de_lei_do_executivo_015-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a desapropriar, em favor do Município, o imóvel que especifica, cujo domínio direto pertence a particular.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1061/projeto_de_lei_do_executivo_016-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1061/projeto_de_lei_do_executivo_016-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Quadra Poliesportiva localizada na Rua XV de Novembro, edificada na área institucional do loteamento Emboava e dá outras providências.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1069/projeto_de_lei_do_executivo_017-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1069/projeto_de_lei_do_executivo_017-2022.pdf</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1068/projeto_de_lei_do_executivo_018-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1068/projeto_de_lei_do_executivo_018-2022.pdf</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1071/projeto_de_lei_do_executivo_019-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1071/projeto_de_lei_do_executivo_019-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional suplementar por superávit financeiro  apurado em Balanço Patrimonial de exercício anterior e dá outras providências.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1081/projeto_de_lei_do_executivo_020-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1081/projeto_de_lei_do_executivo_020-2022.pdf</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1085/projeto_de_lei_do_executivo_021-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1085/projeto_de_lei_do_executivo_021-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aumento do valor do Duodécimo a ser transferido ao Poder Legislativo, alteração do Plano Plurianual, da Lei de Diretrizes Orçamentárias e abertura de crédito suplementar no orçamento de 2022, para atender às despesas da Câmara Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1086/projeto_de_lei_do_executivo_022-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1086/projeto_de_lei_do_executivo_022-2022.pdf</t>
   </si>
   <si>
     <t>Altera os critérios para contagem de tempo e como período aquisitivo necessário para concessão de quinquênios e sexta-parte para todos os servidores municipais, nos termos da Lei Complementar Federal nº 191/2022.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1111/projeto_de_lei_do_executivo_023-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1111/projeto_de_lei_do_executivo_023-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação do § 1º do art. 4º da Lei 2.401, de 03 de julho de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1104/projeto_de_lei_do_executivo_024-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1104/projeto_de_lei_do_executivo_024-2022.pdf</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1124/projeto_de_lei_do_executivo_025-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1124/projeto_de_lei_do_executivo_025-2022.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do orçamento programa do município de Itaporanga, para o exercício financeiro de 2023 (dois mil e vinte e três).</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1117/projeto_de_lei_do_executivo_026-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1117/projeto_de_lei_do_executivo_026-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para firmar contrato de cessão de direito real de uso de bem público do Município com a Associação Mão Amiga Comunitária do Bairro Cruzeirinho.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1126/projeto_de_lei_do_executivo_027-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1126/projeto_de_lei_do_executivo_027-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização fundiária do Bairro Rio Verde e dá outras providências.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1137/projeto_de_lei_do_executivo_028-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1137/projeto_de_lei_do_executivo_028-2022.pdf</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1135/projeto_de_lei_do_executivo_029-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1135/projeto_de_lei_do_executivo_029-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei n.º 2.484, de 05 de novembro de 2021 (Plano Plurianual 2022/2025) e dá outras providências.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1136/projeto_de_lei_do_executivo_030-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1136/projeto_de_lei_do_executivo_030-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei n.º 2.509, de 22 de julho de 2022 (Lei de Diretrizes Orçamentárias para o Exercício de 2023) e dá outras providências.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1151/projeto_de_lei_do_executivo_031-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1151/projeto_de_lei_do_executivo_031-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Escola Júlio Gonçalves de Oliveira e dá outras providências.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1152/projeto_de_lei_do_executivo_032-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1152/projeto_de_lei_do_executivo_032-2022.pdf</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1153/projeto_de_lei_do_executivo_033-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1153/projeto_de_lei_do_executivo_033-2022.pdf</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1154/projeto_de_lei_do_executivo_034-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1154/projeto_de_lei_do_executivo_034-2022.pdf</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1167/projeto_de_lei_do_executivo_035-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1167/projeto_de_lei_do_executivo_035-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a ceder espaço público e dá outras providências.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1168/projeto_de_lei_do_executivo_036-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1168/projeto_de_lei_do_executivo_036-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar convênio e conceder subvenção com o Hospital e Maternidade Nossa Senhora das Graças de Itaporanga no exercício de 2023, nos moldes do art. 84, parágrafo único, inciso II da Lei 13.019/2014.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/965/projeto_de_lei_do_legislativo_001-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/965/projeto_de_lei_do_legislativo_001-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão Geral Anual dos vencimentos dos servidores da Câmara Municipal de Itaporanga, Estado de São Paulo, e dá outras providências.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>Renilson Queiroz, Fernando Assistência</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1010/projeto_de_lei_do_legislativo_002-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1010/projeto_de_lei_do_legislativo_002-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro de Convivência do Idoso, e dá outras providências.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>Fábio Benini</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1027/projeto_de_lei_do_legislativo_003-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1027/projeto_de_lei_do_legislativo_003-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de estrada rural que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1080/projeto_de_lei_do_legislativo_004-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1080/projeto_de_lei_do_legislativo_004-2022.pdf</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1125/projeto_de_lei_do_legislativo_005-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1125/projeto_de_lei_do_legislativo_005-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o adiantamento para despesas miúdas de pronto pagamento, diárias e despesas de viagem no âmbito do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Renilson Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/977/projeto_de_decreto_legislativo_001-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/977/projeto_de_decreto_legislativo_001-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de Título de Cidadão Honorário Itaporanguense ao Senhor Leonel Freitas de Carvalho.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>CPFO - Comissão Permanente de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1033/projeto_de_decreto_legislativo_002-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1033/projeto_de_decreto_legislativo_002-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das Contas do Poder Executivo Municipal, relativas ao exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>Carlinhos Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1091/projeto_de_decreto_legislativo_003-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1091/projeto_de_decreto_legislativo_003-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título de Cidadão Benemérito Itaporanguense ao Senhor Marcos Renê de Oliveira.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>Fernando Assistência</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1164/projeto_de_decreto_legislativo_004-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1164/projeto_de_decreto_legislativo_004-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título de Cidadão Benemérito Itaporanguense ao Senhor Cassiano Campos Godoi.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Gerson Viana</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/973/requerimento_001-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/973/requerimento_001-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópia dos registros de ponto dos servidores da Saúde.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/978/requerimento_002-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/978/requerimento_002-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a distribuição dos valores residuais do Fundeb.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1005/requerimento_003-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1005/requerimento_003-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a recomposição de poder aquisitivo dos servidores.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1006/requerimento_004-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1006/requerimento_004-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o andamento das obras de recapeamento de diversas ruas.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1007/requerimento_005-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1007/requerimento_005-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o funcionamento dos PSFs de nossa cidade.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1008/requerimento_006-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1008/requerimento_006-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o valor gasto na limpeza do terreno onde será construído o novo prédio da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>Sérgio Benck</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1017/requerimento_007-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1017/requerimento_007-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações acerca da construção de academia ao ar livre e playground no Conjunto Habitacional Dom Estevam Stork.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1018/requerimento_008-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1018/requerimento_008-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o prédio da Escola Municipal do Bairro São Sebastião.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1019/requerimento_009-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1019/requerimento_009-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a instalação de um Posto de Saúde no Bairro Cruzeirão.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>Carlinhos Ambulância, Robison</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1028/requerimento_010-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1028/requerimento_010-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre as providências adotadas pela Administração com vistas a solucionar os problemas encontrados no sistema de drenagem da Rua Alzira de Oliveira Amaral.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1029/requerimento_011-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1029/requerimento_011-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações acerca da aquisição de ônibus para transporte de estudantes de cursos técnicos e universitários.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1030/requerimento_012-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1030/requerimento_012-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações acerca da Creche / Escola Indígena localizada na Aldeia Tekoá Porã.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1031/requerimento_013-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1031/requerimento_013-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre as máquinas motoniveladora e retroescavadeira, ambas localizadas no Barracão da Agricultura.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1038/requerimento_014-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1038/requerimento_014-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre veículos da frota municipal.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1039/requerimento_015-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1039/requerimento_015-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o adicional por tempo de serviço - quinquênio dos servidores da Saúde.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>Renilson Queiroz, Fernando Assistência, Robison</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1040/requerimento_016-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1040/requerimento_016-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre as providências adotadas pela Administração com vistas a solucionar os apontamentos do Tribunal de Contas nos autos do processo TC-4506.989.19-3, que versa sobre as contas do Poder Executivo referentes ao exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1043/requerimento_017-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1043/requerimento_017-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o convênio para execução de obras de pavimentação na estrada que liga o Bairro Santo Antônio à balsa do Bairro São Sebastião.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1044/requerimento_018-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1044/requerimento_018-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a destinação dada às ferragens retiradas da escada da antiga prefeitura municipal.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1045/requerimento_019-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1045/requerimento_019-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópia do contrato celebrado com empresa especializada para prestação de serviços de coleta seletiva da fração passível de reciclagem dos resíduos sólidos urbanos.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>Robison</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1058/requerimento_020-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1058/requerimento_020-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a Secretaria Municipal de Esportes.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1047/requerimento_021-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1047/requerimento_021-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a instalação de traves nos campos de futebol society dos Bairros dos Silvas, Coqueirinho e Cruzeirão.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1066/requerimento_022-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1066/requerimento_022-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a manutenção do Centro de Referência de Assistência Social – CRAS.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1067/requerimento_023-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1067/requerimento_023-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre todas as máquinas do tipo motoniveladora e retroescavadeira pertencentes à frota municipal.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>Carlinhos Ambulância, Fernando Assistência, Fábio Benini, Gerson Viana, Nilton Piá, Robison, Sérgio Benck</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1076/requerimento_024-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1076/requerimento_024-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o Programa de Microcrédito Banco do Povo Paulista.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1077/requerimento_025-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1077/requerimento_025-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre as peças utilizadas na manutenção da frota municipal.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1082/requerimento_026-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1082/requerimento_026-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações acerca das despesas de locomoção dos Agentes Comunitários de Saúde e Agentes de Combate às Endemias.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1092/requerimento_027-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1092/requerimento_027-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópia do contrato da última licitação realizada para aquisição de gêneros alimentícios utilizados na preparação da merenda escolar.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1093/requerimento_028-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1093/requerimento_028-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a Secretaria Municipal de Agropecuária e Meio Ambiente.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1105/requerimento_029-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1105/requerimento_029-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre inscrição de atleta da equipe Chácara Santa Paulina no 29º Campeonato Municipal de Futebol.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1112/requerimento_030-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1112/requerimento_030-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a execução de reforma no piso da quadra do Conjunto Poliesportivo José Corrêa de Moraes.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1113/requerimento_031-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1113/requerimento_031-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a execução de obras de recapeamento asfáltico em diversas ruas do Município.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1114/requerimento_032-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1114/requerimento_032-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a contratação de empresa para instalação de galerias de captação de águas pluviais no Bairro Campinho.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1115/requerimento_033-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1115/requerimento_033-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a contratação de operação de crédito junto à Caixa Econômica Federal, no âmbito do Programa FINISA.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1116/requerimento_034-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1116/requerimento_034-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre as providências adotadas com vistas a solucionar os problemas na infraestrutura da Escola Municipal Prof. Júlio Gonçalves de Oliveira, apresentados através da Indicação nº 77/2021.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1128/requerimento_035-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1128/requerimento_035-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o repasse do auxílio pecuniário para transporte dos estudantes de cursos técnicos e universitários.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1138/requerimento_036-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1138/requerimento_036-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações acerca dos recapeamentos executados nas ruas da cidade durante o período de 2021 a 2022.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1144/requerimento_037-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1144/requerimento_037-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópia da folha de pagamento referente ao mês de outubro de 2022.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1145/requerimento_038-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1145/requerimento_038-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal relação de todos os cargos de provimento em comissão.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Carlinhos Ambulância, Fernando Assistência, Fábio Benini, Gerson Viana, Marcio Rodrigo, Nilton Piá, Renilson Queiroz, Robison, Sérgio Benck</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1146/requerimento_039-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1146/requerimento_039-2022.pdf</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1162/requerimento_040-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1162/requerimento_040-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a aplicação do saldo do duodécimo devolvido pelo Legislativo no final do exercício de 2021.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1163/requerimento_041-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1163/requerimento_041-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o déficit no número de servidores lotados no cargo de Fisioterapeuta.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/967/indicacao_001-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/967/indicacao_001-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de serviços de melhoria em bairros que especifica.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>Nilton Piá</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/966/indicacao_002-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/966/indicacao_002-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de galerias pluviais na Avenida Santa Cruz, no sentido rodovia/centro.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/968/indicacao_003-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/968/indicacao_003-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de um redutor de velocidade (lombada) na Rua Antônio do Espírito Santo Ferreira, próximo ao nº 190.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/969/indicacao_004-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/969/indicacao_004-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de uma estação elevatória de esgoto no bairro Bela Vista.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/970/indicacao_005-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/970/indicacao_005-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de 2 (dois) redutores de velocidade (lombada) na Rua Eduardo Alexandre Monteiro, no bairro Lava-Pés.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_006-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_006-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de sistema de iluminação no bairro Pinga Fogo.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_007-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_007-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de academia ao ar livre no Conjunto Habitacional Dom Estevam Stork.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/979/indicacao_008-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/979/indicacao_008-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a contratação de um odontologista para prestar atendimento às crianças e adolescentes com necessidades especiais.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/980/indicacao_009-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/980/indicacao_009-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a disponibilização de máquina retroescavadeira para realização de obras na Rua Maria Nunes Brizola, na Vila Antônio Campina.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/983/indicacao_010-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/983/indicacao_010-2022.pdf</t>
   </si>
   <si>
     <t>Reitera indicação ao Executivo Municipal providências para construção de acostamento na Estrada Vicinal Kazuyoshi Kurita.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_011-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_011-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que interceda junto à agência local dos Correios para que sejam realizadas as entregas de correspondências no bairro Jardim Valle Verde.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/985/indicacao_012-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/985/indicacao_012-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de uma unidade do PSF – Programa Saúde da Família, juntamente de uma farmácia, no bairro Rio Verde.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_013-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_013-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para aumentar o número de itens alimentícios da cesta básica fornecida aos servidores.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/990/indicacao_014-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/990/indicacao_014-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que analise a possibilidade de abertura de pelo menos uma creche durante o período de recesso escolar.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_015-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_015-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de rede de proteção na cobertura metálica do Terminal Rodoviário Municipal.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_016-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_016-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de obras corretivas no sistema de drenagem da Rua Alzira de Oliveira Amaral.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_017-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_017-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de operação tapa-buracos ou recapeamento na Rua João Panzarin, no bairro Campinho.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_018-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_018-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de um redutor de velocidade (lombada) na Rua Gerson de Souza Lima, no bairro Santo Antônio.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_019-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_019-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que analise a possibilidade de criação do Centro Municipal de Educação Ambiental.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_020-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_020-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de obras de recapeamento asfáltico na Rua Alípio Nogueira Leite.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1001/indicacao_021-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1001/indicacao_021-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de sinalização no entorno da “boca de lobo” da Rua São João, nas proximidades do Colégio Objetivo.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_022-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_022-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências, junto ao setor competente, para instalação de “bocas de lobo” nas ruas que especifica.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_023-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_023-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de um redutor de velocidade (lombada) na Rua João Panzarin, defronte à Creche do Campinho.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>Dr. José Carlos</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_024-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_024-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a efetivação de planejamento estruturado para a execução das substituições dos braços e luminárias da iluminação pública de todos os bairros urbanos e rurais do nosso município, iniciando-se um Plano Piloto no Bairro Rio Verde.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1020/indicacao_025-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1020/indicacao_025-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências, em parceria com a Secretaria de Educação do Estado de São Paulo - Seduc-SP, para construção de uma unidade do Programa Creche Escola no Bairro Jardim Valle Verde, através do Plano de Ações Integradas do Estado de São Paulo – Painsp.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1021/indicacao_026-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1021/indicacao_026-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências, em parceria com a Secretaria Municipal de Saúde, para criação do Programa Farmácia Solidária.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1022/indicacao_027-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1022/indicacao_027-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de operação de pintura nos redutores de velocidade (lombadas).</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1023/indicacao_028-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1023/indicacao_028-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de obras corretivas na Avenida Natália Valente.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1024/indicacao_029-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1024/indicacao_029-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de um redutor de velocidade (lombada) na estrada de acesso ao Bairro Cruzeirão, em frente à Igreja Santo Expedito.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1025/indicacao_030-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1025/indicacao_030-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de um redutor de velocidade, do tipo lombada, na Rua Bernardino Fiuza de Carvalho, nas proximidades do nº 915.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1026/indicacao_031-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1026/indicacao_031-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências, em parceria com o Governo Estadual, para implantação de uma unidade do Posto de Atendimento ao Trabalhador - PAT.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_032-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_032-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de sinalização de trânsito na rotatória da Avenida Natália Valente.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1036/indicacao_033-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1036/indicacao_033-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de prolongamento da Rua João Batista de Oliveira, situada no Bairro Eduardo Mazur.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1037/indicacao_034-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1037/indicacao_034-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para execução de serviços de limpeza das canaletas da Vicinal João Martins da Cruz.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1048/indicacao_035-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1048/indicacao_035-2022.pdf</t>
   </si>
   <si>
     <t>Reitera ao Executivo Municipal indicação de providências para instalação de placas de trânsito nos bairros CDHU I e CDHU II.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1049/indicacao_036-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1049/indicacao_036-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para edição de projeto de lei sobre a preservação do Patrimônio Histórico, Cultural, Artístico e Natural do Município, criando também o Conselho Municipal do Patrimônio Cultural e instituindo o Fundo de Proteção do Patrimônio Cultural.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1050/indicacao_037-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1050/indicacao_037-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para execução de serviços de melhoria na Rua da Alegria.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1051/indicacao_038-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1051/indicacao_038-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que analise a possibilidade de aquisição de veículo e equipamentos necessários para criação de uma unidade móvel de saúde.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1052/indicacao_039-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1052/indicacao_039-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de operação tapa-buracos no final da Rua Dr. João Batista Macedo Mendes.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1053/indicacao_040-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1053/indicacao_040-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de sinalização de trânsito na Estrada Vicinal Kazuyoshi Kurita.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1054/indicacao_041-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1054/indicacao_041-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que analise a possibilidade de reajuste na remuneração dos cargos que especifica.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1055/indicacao_042-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1055/indicacao_042-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para adequação do nível salarial do cargo de Técnico de Enfermagem.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1056/indicacao_043-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1056/indicacao_043-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de lâmpadas de LED na Vila dos Padres.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1057/indicacao_044-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1057/indicacao_044-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de campanhas de castração de cães e gatos.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1062/indicacao_045-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1062/indicacao_045-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de reparos no telhado e nas calhas do CRAS.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1063/indicacao_046-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1063/indicacao_046-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de serviços de manutenção na estrada de acesso e nas ruas do Bairro Cruzeirão.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1064/indicacao_047-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1064/indicacao_047-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de iluminação em LED na Vila Alvorada.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1065/indicacao_048-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1065/indicacao_048-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para que seja realizado o lajotamento das ruas e a instalação de iluminação em LED no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_049-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_049-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para tapar um buraco localizado na Avenida Dom Athanásio Merkle, em frente ao portão do Hospital e Maternidade Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_050-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_050-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para construção de rampas de acessibilidade na Concha Acústica.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_051-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_051-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de um redutor de velocidade na Avenida Santa Cruz, nas proximidades nº 1.416.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_052-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_052-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de pontos de coleta de lixo nos bairros que especifica.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_053-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_053-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para execução de obras de revitalização na praça do Bairro São Bernardo.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_054-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_054-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para que as lajotas que foram retiradas da Rua Dr. Felipe Vita, durante sua revitalização, sejam utilizadas no calçamento da praça do Bairro São Bernardo.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1094/indicacao_055-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1094/indicacao_055-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a aquisição de um veículo, do tipo pick-up, para ser utilizado pelos servidores do pátio municipal no transporte dos operadores, equipamentos e combustível para as máquinas da frota municipal.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1095/indicacao_056-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1095/indicacao_056-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de dois pontos de iluminação pública na Rua Estelina de Azevedo Silva, situada no Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1096/indicacao_057-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1096/indicacao_057-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para construção de abrigo no ponto de ônibus da Avenida Natália Valente.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1097/indicacao_058-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1097/indicacao_058-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para que, dentro das possibilidades, seja fornecido lanche para todos os pacientes do SUS que utilizam o transporte coletivo municipal da saúde.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1098/indicacao_059-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1098/indicacao_059-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para execução de reforma no vestiário do campo de futebol do Bairro Cruzeirão.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1099/indicacao_060-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1099/indicacao_060-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de iluminação pública em dois postes, localizados ao final da Rua Dr. Leôncio Gurgel do Amaral.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1100/indicacao_061-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1100/indicacao_061-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para construção de uma praça nas proximidades da “Rua da Alegria”, em homenagem ao Senhor Almir Aparecido Tristão, popularmente conhecido como “Nenzão”.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1101/indicacao_062-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1101/indicacao_062-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para execução de obras de melhoria no Bairro Lava-Pés.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1102/indicacao_063-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1102/indicacao_063-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para reconstrução do meio-fio na Rua João Theodoro dos Santos, trecho localizado no cruzamento com a Avenida Santa Cruz.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1103/indicacao_064-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1103/indicacao_064-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para aumentar a frequência mínima de coleta de lixo no Bairro São Sebastião</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1106/indicacao_065-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1106/indicacao_065-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para que o adicional de insalubridade dos Agentes Comunitários de Saúde e Agentes de Combate às Endemias seja calculado sobre o salário-base.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1107/indicacao_066-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1107/indicacao_066-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências, juntamente com a Sabesp, para que seja realizada a implantação de hidrantes de coluna ao lado do Banco Santander e no Conjunto Habitacional Vice-Prefeito Antônio Rodrigues.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1108/indicacao_067-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1108/indicacao_067-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de redutor de velocidade na Avenida Dom Athanázio Merkle, nas proximidades do nº 713.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1109/indicacao_068-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1109/indicacao_068-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a contratação de mais servidores para os cargos de Psicólogo, Fisioterapeuta e Fonoaudiólogo.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Robison, Sérgio Benck</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1118/indicacao_069-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1118/indicacao_069-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a contratação de um pedreiro para a Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1119/indicacao_070-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1119/indicacao_070-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para implantação de uma Casa de Apoio aos pacientes em tratamento oncológico no Hospital Amaral Carvalho, localizado na cidade de Jaú/SP.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1120/indicacao_071-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1120/indicacao_071-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para construção de uma praça no Bairro da Onça, especificamente no local onde será instalada uma academia ao ar livre.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1121/indicacao_072-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1121/indicacao_072-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de um redutor de velocidade na Avenida Santa Cruz, nas proximidades nº 1.120.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1122/indicacao_073-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1122/indicacao_073-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de serviços de melhoria no campo de futebol do Bairro Rio Verde.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1123/indicacao_074-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1123/indicacao_074-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de serviços de melhoria na Vila São Pedro.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1129/indicacao_075-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1129/indicacao_075-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de um redutor de velocidade, do tipo lombada, na Avenida Santa Cruz, nas proximidades do nº 1.474.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1130/indicacao_076-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1130/indicacao_076-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para execução de obras de melhoria no Bairro Rio Verde.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1131/indicacao_077-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1131/indicacao_077-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de operação tapa-buracos na Rua Professora Rosalina Mendes, no Bairro CDHU I.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1132/indicacao_078-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1132/indicacao_078-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a contratação de um médico cardiologista.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1133/indicacao_079-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1133/indicacao_079-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a abertura de uma passagem no canteiro central da Avenida Santa Cruz, na altura do nº 1.426.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1134/indicacao_080-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1134/indicacao_080-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a implantação de um sistema de cartão de abastecimento para a frota municipal.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1139/indicacao_081-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1139/indicacao_081-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências, juntamente com o setor responsável, para execução de serviços de manutenção na Rua Sizenando Benedito de Oliveira “Rua da Máquina”.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1140/indicacao_082-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1140/indicacao_082-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para execução de reforma completa no telhado da Casa da Agricultura.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1141/indicacao_083-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1141/indicacao_083-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a aquisição de um veículo para ser utilizado pela Secretaria Municipal de Agropecuária e Meio Ambiente.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1142/indicacao_084-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1142/indicacao_084-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que analise a viabilidade de construção de um muro no terreno do Recinto de Festas.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1143/indicacao_085-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1143/indicacao_085-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a instalação de redutores de velocidade (lombada) na Vicinal João Martins da Cruz, na altura do Bairro Pinga Fogo.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1147/indicacao_086-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1147/indicacao_086-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a elaboração de um projeto de lei que contemple os usuários do Serviço de Convivência e Fortalecimento de Vínculos, garantindo a distribuição mensal de uma cesta básica.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1148/indicacao_087-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1148/indicacao_087-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para implantação de redutores de velocidade, do tipo lombada, em diversas ruas do Bairro Jardim Valle Verde.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Marcio Rodrigo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1149/indicacao_088-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1149/indicacao_088-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de um redutor de velocidade, do tipo lombada, na Rua Bernardino Fiuza de Carvalho, nas proximidades do n.º 889.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1155/indicacao_089-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1155/indicacao_089-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para revitalização do barracão do Campinho.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1156/indicacao_090-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1156/indicacao_090-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para construção de calçada na rua que dá acesso à Vila São Pedro.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1157/indicacao_091-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1157/indicacao_091-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de ponto de acesso à internet no Bairro Cruzeirão.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1158/indicacao_092-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1158/indicacao_092-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para designação de um Zelador do Patrimônio Público para o Velório Municipal.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1159/indicacao_093-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1159/indicacao_093-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, em conjunto com a Prefeitura de Riversul/SP, providências para execução de serviços de manutenção na estrada que liga o Bairro da Onça ao Bairro Samambainha.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1160/indicacao_094-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1160/indicacao_094-2022.pdf</t>
   </si>
   <si>
     <t>Reitera ao Executivo Municipal indicação de providências para criação de um espaço integrado de lazer no Bairro Cruzeirão.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1161/indicacao_095-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1161/indicacao_095-2022.pdf</t>
   </si>
   <si>
     <t>Reitera ao Executivo Municipal indicação de providências para execução de serviços de manutenção nas academias ao ar livre e nos playgrounds disponibilizados aos munícipes.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1009/mocao_001-2022_-_aplausos.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1009/mocao_001-2022_-_aplausos.pdf</t>
   </si>
   <si>
     <t>Ao Senhor João Custódio da Silva, em reconhecimento pelo seu esforço e dedicação ao município de Itaporanga-SP.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>PTCE</t>
   </si>
   <si>
     <t>Parecer do Tribunal de Contas do Est. de SP</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de São Paulo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/988/parecer_do_tribunal_de_contas_001-2022.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/988/parecer_do_tribunal_de_contas_001-2022.pdf</t>
   </si>
   <si>
     <t>Processo Eletrônico TC-4506.989.19-3 contendo o Parecer Prévio relativo às contas do exercício de 2019 do Poder Executivo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2595,67 +2595,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/974/proposta_do_executivo_de_emenda_a_lei_organica_001-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1088/proposta_de_emenda_a_lei_organica_002-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/975/projeto_de_lei_complementar_do_executivo_001-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/987/projeto_de_lei_complementar_do_executivo_002-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/996/projeto_de_lei_complementar_do_executivo_003-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/997/projeto_de_lei_complementar_do_executivo_004-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1011/projeto_de_lei_complementar_do_executivo_005-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1012/projeto_de_lei_complementar_do_executivo_006-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1034/projeto_de_lei_complementar_do_executivo_007-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1060/projeto_de_lei_complementar_do_executivo_008-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1070/projeto_de_lei_complementar_do_executivo_009-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1078/projeto_de_lei_complementar_do_executivo_010-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1079/projeto_de_lei_complementar_do_executivo_011-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1087/projeto_de_lei_complementar_do_executivo_012-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1089/projeto_de__lei_complementar_do_executivo_013-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1110/projeto_de_lei_complementar_do_executivo_014-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1090/projeto_de_lei_complementar_do_executivo_015-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1127/projeto_de_lei_complementar_do_executivo_016-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1165/projeto_de_lei_complementar_do_executivo_017-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1166/projeto_de_lei_complementar_do_executivo_018-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1150/projeto_de_lei_complementar_do_legislativo_001-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1169/projeto_de_lei_complementar_do_legislativo_002-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_lei_do_executivo_001-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/976/projeto_de_lei_do_executivo_002-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/981/projeto_de_lei_do_executivo_003-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/984/projeto_de_lei_do_executivo_004-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/982/projeto_de_lei_do_executivo_005-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/995/projeto_de_lei_do_executivo_006-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/998/projeto_de_lei_do_executivo_007-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1013/projeto_de_lei_do_executivo_008-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1014/projeto_de_lei_do_executivo_009-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1015/projeto_de_lei_do_executivo_010-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1016/projeto_de_lei_do_executivo_011-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1032/projeto_de_lei_do_executivo_012-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1042/projeto_de_lei_do_executivo_013-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1041/projeto_de_lei_do_executivo_014-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1059/projeto_de_lei_do_executivo_015-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1061/projeto_de_lei_do_executivo_016-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1069/projeto_de_lei_do_executivo_017-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1068/projeto_de_lei_do_executivo_018-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1071/projeto_de_lei_do_executivo_019-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1081/projeto_de_lei_do_executivo_020-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1085/projeto_de_lei_do_executivo_021-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1086/projeto_de_lei_do_executivo_022-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1111/projeto_de_lei_do_executivo_023-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1104/projeto_de_lei_do_executivo_024-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1124/projeto_de_lei_do_executivo_025-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1117/projeto_de_lei_do_executivo_026-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1126/projeto_de_lei_do_executivo_027-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1137/projeto_de_lei_do_executivo_028-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1135/projeto_de_lei_do_executivo_029-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1136/projeto_de_lei_do_executivo_030-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1151/projeto_de_lei_do_executivo_031-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1152/projeto_de_lei_do_executivo_032-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1153/projeto_de_lei_do_executivo_033-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1154/projeto_de_lei_do_executivo_034-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1167/projeto_de_lei_do_executivo_035-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1168/projeto_de_lei_do_executivo_036-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/965/projeto_de_lei_do_legislativo_001-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1010/projeto_de_lei_do_legislativo_002-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1027/projeto_de_lei_do_legislativo_003-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1080/projeto_de_lei_do_legislativo_004-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1125/projeto_de_lei_do_legislativo_005-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/977/projeto_de_decreto_legislativo_001-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1033/projeto_de_decreto_legislativo_002-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1091/projeto_de_decreto_legislativo_003-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1164/projeto_de_decreto_legislativo_004-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/973/requerimento_001-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/978/requerimento_002-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1005/requerimento_003-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1006/requerimento_004-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1007/requerimento_005-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1008/requerimento_006-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1017/requerimento_007-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1018/requerimento_008-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1019/requerimento_009-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1028/requerimento_010-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1029/requerimento_011-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1030/requerimento_012-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1031/requerimento_013-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1038/requerimento_014-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1039/requerimento_015-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1040/requerimento_016-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1043/requerimento_017-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1044/requerimento_018-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1045/requerimento_019-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1058/requerimento_020-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1047/requerimento_021-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1066/requerimento_022-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1067/requerimento_023-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1076/requerimento_024-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1077/requerimento_025-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1082/requerimento_026-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1092/requerimento_027-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1093/requerimento_028-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1105/requerimento_029-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1112/requerimento_030-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1113/requerimento_031-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1114/requerimento_032-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1115/requerimento_033-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1116/requerimento_034-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1128/requerimento_035-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1138/requerimento_036-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1144/requerimento_037-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1145/requerimento_038-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1146/requerimento_039-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1162/requerimento_040-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1163/requerimento_041-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/967/indicacao_001-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/966/indicacao_002-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/968/indicacao_003-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/969/indicacao_004-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/970/indicacao_005-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_006-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_007-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/979/indicacao_008-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/980/indicacao_009-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/983/indicacao_010-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_011-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/985/indicacao_012-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_013-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/990/indicacao_014-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_015-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_016-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_017-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_018-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_019-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_020-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1001/indicacao_021-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_022-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_023-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_024-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1020/indicacao_025-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1021/indicacao_026-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1022/indicacao_027-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1023/indicacao_028-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1024/indicacao_029-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1025/indicacao_030-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1026/indicacao_031-2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_032-2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1036/indicacao_033-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1037/indicacao_034-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1048/indicacao_035-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1049/indicacao_036-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1050/indicacao_037-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1051/indicacao_038-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1052/indicacao_039-2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1053/indicacao_040-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1054/indicacao_041-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1055/indicacao_042-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1056/indicacao_043-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1057/indicacao_044-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1062/indicacao_045-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1063/indicacao_046-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1064/indicacao_047-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1065/indicacao_048-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_049-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_050-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_051-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_052-2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_053-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_054-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1094/indicacao_055-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1095/indicacao_056-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1096/indicacao_057-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1097/indicacao_058-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1098/indicacao_059-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1099/indicacao_060-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1100/indicacao_061-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1101/indicacao_062-2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1102/indicacao_063-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1103/indicacao_064-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1106/indicacao_065-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1107/indicacao_066-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1108/indicacao_067-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1109/indicacao_068-2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1118/indicacao_069-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1119/indicacao_070-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1120/indicacao_071-2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1121/indicacao_072-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1122/indicacao_073-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1123/indicacao_074-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1129/indicacao_075-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1130/indicacao_076-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1131/indicacao_077-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1132/indicacao_078-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1133/indicacao_079-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1134/indicacao_080-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1139/indicacao_081-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1140/indicacao_082-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1141/indicacao_083-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1142/indicacao_084-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1143/indicacao_085-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1147/indicacao_086-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1148/indicacao_087-2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1149/indicacao_088-2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1155/indicacao_089-2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1156/indicacao_090-2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1157/indicacao_091-2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1158/indicacao_092-2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1159/indicacao_093-2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1160/indicacao_094-2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1161/indicacao_095-2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1009/mocao_001-2022_-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/988/parecer_do_tribunal_de_contas_001-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/974/proposta_do_executivo_de_emenda_a_lei_organica_001-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1088/proposta_de_emenda_a_lei_organica_002-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/975/projeto_de_lei_complementar_do_executivo_001-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/987/projeto_de_lei_complementar_do_executivo_002-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/996/projeto_de_lei_complementar_do_executivo_003-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/997/projeto_de_lei_complementar_do_executivo_004-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1011/projeto_de_lei_complementar_do_executivo_005-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1012/projeto_de_lei_complementar_do_executivo_006-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1034/projeto_de_lei_complementar_do_executivo_007-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1060/projeto_de_lei_complementar_do_executivo_008-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1070/projeto_de_lei_complementar_do_executivo_009-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1078/projeto_de_lei_complementar_do_executivo_010-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1079/projeto_de_lei_complementar_do_executivo_011-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1087/projeto_de_lei_complementar_do_executivo_012-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1089/projeto_de__lei_complementar_do_executivo_013-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1110/projeto_de_lei_complementar_do_executivo_014-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1090/projeto_de_lei_complementar_do_executivo_015-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1127/projeto_de_lei_complementar_do_executivo_016-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1165/projeto_de_lei_complementar_do_executivo_017-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1166/projeto_de_lei_complementar_do_executivo_018-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1150/projeto_de_lei_complementar_do_legislativo_001-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1169/projeto_de_lei_complementar_do_legislativo_002-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_lei_do_executivo_001-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/976/projeto_de_lei_do_executivo_002-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/981/projeto_de_lei_do_executivo_003-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/984/projeto_de_lei_do_executivo_004-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/982/projeto_de_lei_do_executivo_005-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/995/projeto_de_lei_do_executivo_006-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/998/projeto_de_lei_do_executivo_007-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1013/projeto_de_lei_do_executivo_008-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1014/projeto_de_lei_do_executivo_009-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1015/projeto_de_lei_do_executivo_010-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1016/projeto_de_lei_do_executivo_011-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1032/projeto_de_lei_do_executivo_012-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1042/projeto_de_lei_do_executivo_013-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1041/projeto_de_lei_do_executivo_014-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1059/projeto_de_lei_do_executivo_015-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1061/projeto_de_lei_do_executivo_016-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1069/projeto_de_lei_do_executivo_017-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1068/projeto_de_lei_do_executivo_018-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1071/projeto_de_lei_do_executivo_019-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1081/projeto_de_lei_do_executivo_020-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1085/projeto_de_lei_do_executivo_021-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1086/projeto_de_lei_do_executivo_022-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1111/projeto_de_lei_do_executivo_023-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1104/projeto_de_lei_do_executivo_024-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1124/projeto_de_lei_do_executivo_025-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1117/projeto_de_lei_do_executivo_026-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1126/projeto_de_lei_do_executivo_027-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1137/projeto_de_lei_do_executivo_028-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1135/projeto_de_lei_do_executivo_029-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1136/projeto_de_lei_do_executivo_030-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1151/projeto_de_lei_do_executivo_031-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1152/projeto_de_lei_do_executivo_032-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1153/projeto_de_lei_do_executivo_033-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1154/projeto_de_lei_do_executivo_034-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1167/projeto_de_lei_do_executivo_035-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1168/projeto_de_lei_do_executivo_036-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/965/projeto_de_lei_do_legislativo_001-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1010/projeto_de_lei_do_legislativo_002-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1027/projeto_de_lei_do_legislativo_003-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1080/projeto_de_lei_do_legislativo_004-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1125/projeto_de_lei_do_legislativo_005-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/977/projeto_de_decreto_legislativo_001-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1033/projeto_de_decreto_legislativo_002-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1091/projeto_de_decreto_legislativo_003-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1164/projeto_de_decreto_legislativo_004-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/973/requerimento_001-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/978/requerimento_002-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1005/requerimento_003-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1006/requerimento_004-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1007/requerimento_005-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1008/requerimento_006-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1017/requerimento_007-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1018/requerimento_008-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1019/requerimento_009-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1028/requerimento_010-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1029/requerimento_011-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1030/requerimento_012-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1031/requerimento_013-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1038/requerimento_014-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1039/requerimento_015-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1040/requerimento_016-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1043/requerimento_017-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1044/requerimento_018-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1045/requerimento_019-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1058/requerimento_020-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1047/requerimento_021-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1066/requerimento_022-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1067/requerimento_023-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1076/requerimento_024-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1077/requerimento_025-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1082/requerimento_026-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1092/requerimento_027-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1093/requerimento_028-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1105/requerimento_029-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1112/requerimento_030-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1113/requerimento_031-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1114/requerimento_032-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1115/requerimento_033-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1116/requerimento_034-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1128/requerimento_035-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1138/requerimento_036-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1144/requerimento_037-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1145/requerimento_038-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1146/requerimento_039-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1162/requerimento_040-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1163/requerimento_041-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/967/indicacao_001-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/966/indicacao_002-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/968/indicacao_003-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/969/indicacao_004-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/970/indicacao_005-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_006-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_007-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/979/indicacao_008-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/980/indicacao_009-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/983/indicacao_010-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_011-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/985/indicacao_012-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_013-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/990/indicacao_014-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_015-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_016-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_017-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_018-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_019-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_020-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1001/indicacao_021-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_022-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_023-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_024-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1020/indicacao_025-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1021/indicacao_026-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1022/indicacao_027-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1023/indicacao_028-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1024/indicacao_029-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1025/indicacao_030-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1026/indicacao_031-2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_032-2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1036/indicacao_033-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1037/indicacao_034-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1048/indicacao_035-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1049/indicacao_036-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1050/indicacao_037-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1051/indicacao_038-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1052/indicacao_039-2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1053/indicacao_040-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1054/indicacao_041-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1055/indicacao_042-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1056/indicacao_043-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1057/indicacao_044-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1062/indicacao_045-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1063/indicacao_046-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1064/indicacao_047-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1065/indicacao_048-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_049-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_050-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_051-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_052-2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_053-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_054-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1094/indicacao_055-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1095/indicacao_056-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1096/indicacao_057-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1097/indicacao_058-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1098/indicacao_059-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1099/indicacao_060-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1100/indicacao_061-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1101/indicacao_062-2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1102/indicacao_063-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1103/indicacao_064-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1106/indicacao_065-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1107/indicacao_066-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1108/indicacao_067-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1109/indicacao_068-2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1118/indicacao_069-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1119/indicacao_070-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1120/indicacao_071-2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1121/indicacao_072-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1122/indicacao_073-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1123/indicacao_074-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1129/indicacao_075-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1130/indicacao_076-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1131/indicacao_077-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1132/indicacao_078-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1133/indicacao_079-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1134/indicacao_080-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1139/indicacao_081-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1140/indicacao_082-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1141/indicacao_083-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1142/indicacao_084-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1143/indicacao_085-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1147/indicacao_086-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1148/indicacao_087-2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1149/indicacao_088-2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1155/indicacao_089-2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1156/indicacao_090-2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1157/indicacao_091-2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1158/indicacao_092-2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1159/indicacao_093-2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1160/indicacao_094-2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1161/indicacao_095-2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/1009/mocao_001-2022_-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2022/988/parecer_do_tribunal_de_contas_001-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H206"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="125.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>