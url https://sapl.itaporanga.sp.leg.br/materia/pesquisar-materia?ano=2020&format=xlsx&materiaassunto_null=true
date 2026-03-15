--- v0 (2025-12-18)
+++ v1 (2026-03-15)
@@ -54,981 +54,981 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>Douglas Roberto Benini</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/692/projeto_de_lei_complementar_do_executivo_001-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/692/projeto_de_lei_complementar_do_executivo_001-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Estatuto do Magistério Público Municipal - Plano de Carreira de Cargos e Remunerações e providências correlatas.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/731/projeto_de_lei_complementar_do_executivo_002-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/731/projeto_de_lei_complementar_do_executivo_002-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão no Código Tributário Municipal de dispositivo legal que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/736/projeto_de_lei_complementar_do_executivo_003-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/736/projeto_de_lei_complementar_do_executivo_003-2020.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 67/2009 - CTM, e dá outras providências.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/735/projeto_de_lei_complementar_do_executivo_004-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/735/projeto_de_lei_complementar_do_executivo_004-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre atribuições de cargo  de provimento efetivo que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/653/projeto_de_lei_do_executivo_001-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/653/projeto_de_lei_do_executivo_001-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão geral anual na remuneração dos servidores públicos ativos e inativos no Poder Executivo, e dá outras providências.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/656/projeto_de_lei_do_executivo_002-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/656/projeto_de_lei_do_executivo_002-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para aquisição de veículos para a Secretaria Municipal da Educação e providências correlatas.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/667/projeto_de_lei_do_executivo_003-2020_5ZFYt6m.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/667/projeto_de_lei_do_executivo_003-2020_5ZFYt6m.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de legislação anterior que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/668/projeto_de_lei_do_executivo_004-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/668/projeto_de_lei_do_executivo_004-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 2.314 de 24 de março de 2017 e dá outras providências.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/680/projeto_de_lei_do_executivo_005-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/680/projeto_de_lei_do_executivo_005-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização legislativa para aquisição de imóvel que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/681/projeto_de_lei_do_executivo_006-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/681/projeto_de_lei_do_executivo_006-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para aquisição de veículos para a Secretaria Municipal dos Serviços Gerais e providências correlatas.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/682/projeto_de_lei_do_executivo_007-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/682/projeto_de_lei_do_executivo_007-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para a elaboração do orçamento do exercício financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/696/projeto_de_lei_do_executivo_008-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/696/projeto_de_lei_do_executivo_008-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para aquisição de veículos para a Secretaria Municipal de Saúde e providências correlatas.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/701/projeto_de_lei_do_executivo_009-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/701/projeto_de_lei_do_executivo_009-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional suplementar por superávit financeiro apurado em Balanço Patrimonial de exercício anterior e dá outras providências.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/702/projeto_de_lei_do_executivo_010-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/702/projeto_de_lei_do_executivo_010-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Estrutura de eventos da Praça João Abdala e dá outras providências.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/703/projeto_de_lei_do_executivo_011-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/703/projeto_de_lei_do_executivo_011-2020.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a "Congregação Mariana Nossa Senhora das Dores de Itaporanga" e dá outras providências.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/704/projeto_de_lei_do_executivo_012-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/704/projeto_de_lei_do_executivo_012-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do espaço de lazer infantil da Praça João Abdala e dá outras providências.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/732/projeto_de_lei_do_executivo_013-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/732/projeto_de_lei_do_executivo_013-2020.pdf</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/722/projeto_de_lei_do_executivo_014-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/722/projeto_de_lei_do_executivo_014-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional suplementar por excesso de arrecadação e dá outras providências.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/733/projeto_de_lei_do_executivo_015-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/733/projeto_de_lei_do_executivo_015-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei n.º 2.339 de 14 de dezembro de 2017 (Plano Plurianual 2018/2021) e dá outras providências.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/734/projeto_de_lei_do_executivo_016-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/734/projeto_de_lei_do_executivo_016-2020.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Orçamento Programa do Município de Itaporanga, para o exercício financeiro de 2021 (dois mil e vinte e um).</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/741/projeto_de_lei_do_executivo_017-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/741/projeto_de_lei_do_executivo_017-2020.pdf</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Josivam Dias, João Piá, Marcelo Camargo, Trajano</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/654/projeto_de_lei_do_legislativo_001-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/654/projeto_de_lei_do_legislativo_001-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão Geral Anual dos vencimentos dos servidores e dos subsídios dos agentes políticos da Câmara Municipal de Itaporanga, Estado de São Paulo.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>Marcelo Camargo, Trajano</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/666/projeto_de_lei_do_legislativo_002-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/666/projeto_de_lei_do_legislativo_002-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o proibição da queima, soltura e manuseio de fogos de artificío e artefatos pirotécnicos que produzam estampido no Município de Itaporanga, e dá outras providências.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>Trajano</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/691/projeto_de_lei_do_legislativo_003-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/691/projeto_de_lei_do_legislativo_003-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do refeitório do Pátio Municipal.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>Mesa Diretora - MEDIR</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/697/projeto_de_lei_do_legislativo_004-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/697/projeto_de_lei_do_legislativo_004-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional especial.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/698/projeto_de_lei_do_legislativo_005-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/698/projeto_de_lei_do_legislativo_005-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da cancha de bocha e malha, localizada no Conjunto Habitacional Dom Estevam Stork.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>Fábio Benini</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/699/projeto_de_lei_do_legislativo_006-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/699/projeto_de_lei_do_legislativo_006-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da Quadra Poliesportiva, localizada no Bairro Cruzeirão.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/700/projeto_de_lei_do_legislativo_007-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/700/projeto_de_lei_do_legislativo_007-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública rural, e dá outras providências.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/705/projeto_de_lei_do_legislativo_008-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/705/projeto_de_lei_do_legislativo_008-2020.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, do Vice-Prefeito e dos Secretários Municipais de Itaporanga, para a legislatura de 2021 a 2024.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/706/projeto_de_lei_do_legislativo_009-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/706/projeto_de_lei_do_legislativo_009-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proteção, criação e conservação de abelhas silvestres nativas da subfamília dos meliponíneos no município de Itaporanga/SP.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>João Mello</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/729/projeto_de_lei_do_legislativo_010-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/729/projeto_de_lei_do_legislativo_010-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da denominação dos loteamentos residenciais Jardim Bela Vista I e II.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>Custódio</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/730/projeto_de_lei_do_legislativo_011-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/730/projeto_de_lei_do_legislativo_011-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do espaço de preservação das abelhas nativas, localizado na Praça João Abdala.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/738/projeto_de_lei_do_legislativo_012-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/738/projeto_de_lei_do_legislativo_012-2020.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Adoção, Proteção e Bem-Estar dos Animais.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CPFO - Comissão Permanente de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/742/projeto_de_decreto_legislativo_001-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/742/projeto_de_decreto_legislativo_001-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Aprovação das Contas do Poder Executivo Municipal, relativas ao exercício financeiro de 2018.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/665/projeto_de_resolucao_001-2020_vkehryx.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/665/projeto_de_resolucao_001-2020_vkehryx.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo de Itaporanga/SP a celebrar convênio com o Banco do Brasil para viabilizar empréstimos com consignação em folha de pagamento, e dá outras providências</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/707/projeto_de_resolucao_002-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/707/projeto_de_resolucao_002-2020.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores e do Presidente da Câmara Municipal de Itaporanga, para a legislatura de 2021 a 2024.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/728/projeto_de_resolucao_003-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/728/projeto_de_resolucao_003-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de dispositivos do Regimento Interno da Câmara Municipal de Itaporanga, Estado de São Paulo e dá outras providências.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/657/requerimento_001-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/657/requerimento_001-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a última Festa do Peão realizada.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/658/requerimento_002-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/658/requerimento_002-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre as cavalgadas realizadas em 2019.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>Marcelo Camargo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/659/requerimento_003-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/659/requerimento_003-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito do show da banda Santa Cecília, realizado no dia 31 de dezembro de 2019.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/669/requerimento_004-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/669/requerimento_004-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito do aparelho de Radiografia (Raio-X) que especifica.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>Carlinhos Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/670/requerimento_005-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/670/requerimento_005-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito da ETEC Profª Terezinha Monteiro dos Santos.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/671/requerimento_006-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/671/requerimento_006-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a celebração de convênio com a Receita Federal do Brasil.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/676/requerimento_007-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/676/requerimento_007-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre as taxas cobradas pela Secretaria de Esportes e Lazer.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/683/requerimento_008-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/683/requerimento_008-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre os cargos comissionados e as gratificações recebidas por servidores concursados.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/684/requerimento_009-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/684/requerimento_009-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a contratação de empresa especializada na prestação de serviços hora/máquina e locação de caminhões.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/685/requerimento_010-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/685/requerimento_010-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre os serviços prestados pela Patrulha Agrícola Municipal e pelo Pátio Municipal.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>Gerson Viana</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/686/requerimento_011-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/686/requerimento_011-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópia dos processos de dispensa de licitação relativos ao COVID-19.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/687/requerimento_012-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/687/requerimento_012-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre reforma de caminhão basculante.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/688/requerimento_013-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/688/requerimento_013-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre reforma de máquina retroescavadeira.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/693/requerimento_014-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/693/requerimento_014-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre os recursos recebidos através do Programa Federativo de Enfrentamento ao Coronavírus.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/708/requerimento_015-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/708/requerimento_015-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a compra de uniformes escolares.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/709/requerimento_016-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/709/requerimento_016-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre processos licitatórios que especifica.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/710/requerimento_017-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/710/requerimento_017-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a emenda parlamentar do deputado federal Junior Bozzella.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/711/requerimento_018-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/711/requerimento_018-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre os gastos com combustível.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/712/requerimento_019-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/712/requerimento_019-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito de veículo da frota municipal.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/713/requerimento_020-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/713/requerimento_020-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópia de convênio com a Secretaria Estadual do Meio Ambiente.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/714/requerimento_021-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/714/requerimento_021-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a contratação de empresa especializada na instalação de cobertura metálica na Rua São João.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/715/requerimento_022-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/715/requerimento_022-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a construção da quadra de grama sintética na Rua Pedro de Alcântara de Moraes.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/725/requerimento_023-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/725/requerimento_023-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópia do Pregão Presencial nº 41/2020.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/726/requerimento_024-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/726/requerimento_024-2020.pdf</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/727/requerimento_025-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/727/requerimento_025-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre os recursos destinados ao preparo de merenda para os alunos da rede municipal de ensino</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/739/requerimento_026-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/739/requerimento_026-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópia de Processo Licitatório que especifica.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/740/requerimento_027-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/740/requerimento_027-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal relatório de viagens da Secretaria Municipal da Saúde.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/660/indicacao_001-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/660/indicacao_001-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de obras de cobertura na quadra poliesportiva situada no Bairro Rio Verde.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/661/indicacao_002-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/661/indicacao_002-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de obras de melhoria nos loteamentos Bela Vista 1 e 2.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/662/indicacao_003-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/662/indicacao_003-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de reparos na iluminação da Rua Francisco Abraão Nogueira, situada no Bairro Cruzeirinho.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/672/indicacao_004-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/672/indicacao_004-2020.pdf</t>
   </si>
   <si>
     <t>Reitera Indicação ao Executivo Municipal providências para ordenar o tráfego de veículos em ruas da cidade.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/673/indicacao_005-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/673/indicacao_005-2020.pdf</t>
   </si>
   <si>
     <t>Reitera Indicação ao Executivo Municipal providências para alteração de nível salarial de servidores públicos municipais.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/674/indicacao_006-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/674/indicacao_006-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências junto ao Governo Estadual para realização de reforma na Delegacia de Polícia de Itaporanga.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/675/indicacao_007-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/675/indicacao_007-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de reparos na Escola Municipal Coronel Vicente Russo do Amaral.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>João Piá</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/677/indicacao_008-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/677/indicacao_008-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalar iluminação e academias ao ar livre nas Praças dos Bairros que especifica.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/678/indicacao_009-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/678/indicacao_009-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para estender o prolongamento da rede de água até o terreno da família do Sr. Nunes, localizado no Bairro Cruzeirão.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/679/indicacao_010-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/679/indicacao_010-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para aumentar os itens da cesta básica fornecida aos servidores.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/689/indicacao_011-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/689/indicacao_011-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para que seja realizada a substituição de um poste danificado, localizado no Recinto de Festas José Carlos e Silva.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/690/indicacao_012-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/690/indicacao_012-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências junto à Band Paulista para instalação do equipamento responsável pela transmissão do sinal digital.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/694/indicacao_013-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/694/indicacao_013-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para aquisição de uma máquina de pré-limpeza, que será utilizada no Barracão Municipal de beneficiamento de café, localizado no Bairro São Sebastião.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/716/indicacao_014-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/716/indicacao_014-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de um redutor de velocidade na Rua Joaquim Ferreira Lúcio.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/717/indicacao_015-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/717/indicacao_015-2020.pdf</t>
   </si>
   <si>
     <t>Reitera indicação ao Executivo Municipal providências para instalação de ligação de água na parte nova do Cemitério Municipal.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/718/indicacao_016-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/718/indicacao_016-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de pontos de acesso à internet nos locais que especifica.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/719/indicacao_017-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/719/indicacao_017-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a cessão de um local para produção de alimentos pelos agricultores do nosso município.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/723/indicacao_018-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/723/indicacao_018-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências junto aos órgãos competentes para que sejam instaladas placas de sinalização na Rodovia Juventino Patriarca.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/724/indicacao_019-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/724/indicacao_019-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de reparos na ponte da Estrada Vicinal Kazuyoshi Kurita.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/695/mocao_001-2020_-_apelo.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/695/mocao_001-2020_-_apelo.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Governador do Estado de São Paulo para que viabilize o pleno funcionamento da 16ª Região Administrativa do Estado.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/720/mocao_002-2020_-_apoio.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/720/mocao_002-2020_-_apoio.pdf</t>
   </si>
   <si>
     <t>Apoio à Fundação Instituto de Terras do Estado de São Paulo (ITESP).</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/721/mocao_003-2020_-_aplausos.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/721/mocao_003-2020_-_aplausos.pdf</t>
   </si>
   <si>
     <t>À poetisa Iolanda Fernandes Couto, em reconhecimento ao seu talento.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>PTCE</t>
   </si>
   <si>
     <t>Parecer do Tribunal de Contas do Est. de SP</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de São Paulo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/737/parecer_do_tribunal_de_contas_001-2020.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/737/parecer_do_tribunal_de_contas_001-2020.pdf</t>
   </si>
   <si>
     <t>Processo Eletrônico TC-4165.989.18-7 contendo o Parecer Prévio relativo às contas do exercício de 2018 do Poder Executivo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1335,68 +1335,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/692/projeto_de_lei_complementar_do_executivo_001-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/731/projeto_de_lei_complementar_do_executivo_002-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/736/projeto_de_lei_complementar_do_executivo_003-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/735/projeto_de_lei_complementar_do_executivo_004-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/653/projeto_de_lei_do_executivo_001-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/656/projeto_de_lei_do_executivo_002-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/667/projeto_de_lei_do_executivo_003-2020_5ZFYt6m.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/668/projeto_de_lei_do_executivo_004-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/680/projeto_de_lei_do_executivo_005-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/681/projeto_de_lei_do_executivo_006-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/682/projeto_de_lei_do_executivo_007-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/696/projeto_de_lei_do_executivo_008-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/701/projeto_de_lei_do_executivo_009-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/702/projeto_de_lei_do_executivo_010-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/703/projeto_de_lei_do_executivo_011-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/704/projeto_de_lei_do_executivo_012-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/732/projeto_de_lei_do_executivo_013-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/722/projeto_de_lei_do_executivo_014-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/733/projeto_de_lei_do_executivo_015-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/734/projeto_de_lei_do_executivo_016-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/741/projeto_de_lei_do_executivo_017-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/654/projeto_de_lei_do_legislativo_001-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/666/projeto_de_lei_do_legislativo_002-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/691/projeto_de_lei_do_legislativo_003-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/697/projeto_de_lei_do_legislativo_004-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/698/projeto_de_lei_do_legislativo_005-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/699/projeto_de_lei_do_legislativo_006-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/700/projeto_de_lei_do_legislativo_007-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/705/projeto_de_lei_do_legislativo_008-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/706/projeto_de_lei_do_legislativo_009-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/729/projeto_de_lei_do_legislativo_010-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/730/projeto_de_lei_do_legislativo_011-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/738/projeto_de_lei_do_legislativo_012-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/742/projeto_de_decreto_legislativo_001-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/665/projeto_de_resolucao_001-2020_vkehryx.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/707/projeto_de_resolucao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/728/projeto_de_resolucao_003-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/657/requerimento_001-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/658/requerimento_002-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/659/requerimento_003-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/669/requerimento_004-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/670/requerimento_005-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/671/requerimento_006-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/676/requerimento_007-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/683/requerimento_008-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/684/requerimento_009-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/685/requerimento_010-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/686/requerimento_011-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/687/requerimento_012-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/688/requerimento_013-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/693/requerimento_014-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/708/requerimento_015-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/709/requerimento_016-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/710/requerimento_017-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/711/requerimento_018-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/712/requerimento_019-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/713/requerimento_020-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/714/requerimento_021-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/715/requerimento_022-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/725/requerimento_023-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/726/requerimento_024-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/727/requerimento_025-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/739/requerimento_026-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/740/requerimento_027-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/660/indicacao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/661/indicacao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/662/indicacao_003-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/672/indicacao_004-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/673/indicacao_005-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/674/indicacao_006-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/675/indicacao_007-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/677/indicacao_008-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/678/indicacao_009-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/679/indicacao_010-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/689/indicacao_011-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/690/indicacao_012-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/694/indicacao_013-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/716/indicacao_014-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/717/indicacao_015-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/718/indicacao_016-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/719/indicacao_017-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/723/indicacao_018-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/724/indicacao_019-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/695/mocao_001-2020_-_apelo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/720/mocao_002-2020_-_apoio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/721/mocao_003-2020_-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/737/parecer_do_tribunal_de_contas_001-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/692/projeto_de_lei_complementar_do_executivo_001-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/731/projeto_de_lei_complementar_do_executivo_002-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/736/projeto_de_lei_complementar_do_executivo_003-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/735/projeto_de_lei_complementar_do_executivo_004-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/653/projeto_de_lei_do_executivo_001-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/656/projeto_de_lei_do_executivo_002-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/667/projeto_de_lei_do_executivo_003-2020_5ZFYt6m.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/668/projeto_de_lei_do_executivo_004-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/680/projeto_de_lei_do_executivo_005-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/681/projeto_de_lei_do_executivo_006-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/682/projeto_de_lei_do_executivo_007-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/696/projeto_de_lei_do_executivo_008-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/701/projeto_de_lei_do_executivo_009-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/702/projeto_de_lei_do_executivo_010-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/703/projeto_de_lei_do_executivo_011-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/704/projeto_de_lei_do_executivo_012-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/732/projeto_de_lei_do_executivo_013-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/722/projeto_de_lei_do_executivo_014-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/733/projeto_de_lei_do_executivo_015-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/734/projeto_de_lei_do_executivo_016-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/741/projeto_de_lei_do_executivo_017-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/654/projeto_de_lei_do_legislativo_001-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/666/projeto_de_lei_do_legislativo_002-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/691/projeto_de_lei_do_legislativo_003-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/697/projeto_de_lei_do_legislativo_004-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/698/projeto_de_lei_do_legislativo_005-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/699/projeto_de_lei_do_legislativo_006-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/700/projeto_de_lei_do_legislativo_007-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/705/projeto_de_lei_do_legislativo_008-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/706/projeto_de_lei_do_legislativo_009-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/729/projeto_de_lei_do_legislativo_010-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/730/projeto_de_lei_do_legislativo_011-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/738/projeto_de_lei_do_legislativo_012-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/742/projeto_de_decreto_legislativo_001-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/665/projeto_de_resolucao_001-2020_vkehryx.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/707/projeto_de_resolucao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/728/projeto_de_resolucao_003-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/657/requerimento_001-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/658/requerimento_002-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/659/requerimento_003-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/669/requerimento_004-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/670/requerimento_005-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/671/requerimento_006-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/676/requerimento_007-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/683/requerimento_008-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/684/requerimento_009-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/685/requerimento_010-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/686/requerimento_011-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/687/requerimento_012-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/688/requerimento_013-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/693/requerimento_014-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/708/requerimento_015-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/709/requerimento_016-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/710/requerimento_017-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/711/requerimento_018-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/712/requerimento_019-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/713/requerimento_020-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/714/requerimento_021-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/715/requerimento_022-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/725/requerimento_023-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/726/requerimento_024-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/727/requerimento_025-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/739/requerimento_026-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/740/requerimento_027-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/660/indicacao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/661/indicacao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/662/indicacao_003-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/672/indicacao_004-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/673/indicacao_005-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/674/indicacao_006-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/675/indicacao_007-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/677/indicacao_008-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/678/indicacao_009-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/679/indicacao_010-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/689/indicacao_011-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/690/indicacao_012-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/694/indicacao_013-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/716/indicacao_014-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/717/indicacao_015-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/718/indicacao_016-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/719/indicacao_017-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/723/indicacao_018-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/724/indicacao_019-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/695/mocao_001-2020_-_apelo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/720/mocao_002-2020_-_apoio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/721/mocao_003-2020_-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2020/737/parecer_do_tribunal_de_contas_001-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="173.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>