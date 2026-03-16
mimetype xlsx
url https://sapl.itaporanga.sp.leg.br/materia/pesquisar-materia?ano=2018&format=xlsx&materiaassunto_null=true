--- v0 (2025-12-17)
+++ v1 (2026-03-16)
@@ -54,2034 +54,2034 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Vilson Aparecido Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/239/proposta_de_emenda_a_lei_organica_do_executivo_001-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/239/proposta_de_emenda_a_lei_organica_do_executivo_001-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Orgânica Municipal e providências correlatas.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/240/proposta_de_emenda_a_lei_organica_do_executivo_002-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/240/proposta_de_emenda_a_lei_organica_do_executivo_002-2018.pdf</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/241/proposta_de_emenda_a_lei_organica_do_executivo_003-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/241/proposta_de_emenda_a_lei_organica_do_executivo_003-2018.pdf</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/242/proposta_de_emenda_a_lei_organica_do_executivo_004-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/242/proposta_de_emenda_a_lei_organica_do_executivo_004-2018.pdf</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/243/proposta_de_emenda_a_lei_organica_do_executivo_005-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/243/proposta_de_emenda_a_lei_organica_do_executivo_005-2018.pdf</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/244/projeto_de_lei_complementar_do_executivo_001-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/244/projeto_de_lei_complementar_do_executivo_001-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do número de vagas de cargo e dá outras providências.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/245/projeto_de_lei_complementar_do_executivo_002-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/245/projeto_de_lei_complementar_do_executivo_002-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre extinção de cargos de provimento efetivo e em comissão e dá outras providências.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/246/projeto_de_lei_complementar_do_executivo_003-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/246/projeto_de_lei_complementar_do_executivo_003-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do número de vagas de cargos e dá outras providências.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/247/projeto_de_lei_complementar_do_executivo_004-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/247/projeto_de_lei_complementar_do_executivo_004-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de denominação de cargo que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/248/projeto_de_lei_complementar_do_executivo_005-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/248/projeto_de_lei_complementar_do_executivo_005-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos em provimento efetivo e dá outras providências.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/249/projeto_de_lei_complementar_do_executivo_006-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/249/projeto_de_lei_complementar_do_executivo_006-2018.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 067/2009 - CTM, e dá outras providências.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/250/projeto_de_lei_complementar_do_executivo_007-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/250/projeto_de_lei_complementar_do_executivo_007-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre atribuições de cargos de provimento efetivo que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/251/projeto_de_lei_complementar_do_executivo_008-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/251/projeto_de_lei_complementar_do_executivo_008-2018.pdf</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/252/projeto_de_lei_complementar_do_executivo_009-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/252/projeto_de_lei_complementar_do_executivo_009-2018.pdf</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/253/projeto_de_lei_complementar_do_executivo_010-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/253/projeto_de_lei_complementar_do_executivo_010-2018.pdf</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/254/projeto_de_lei_complementar_do_executivo_011-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/254/projeto_de_lei_complementar_do_executivo_011-2018.pdf</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/255/projeto_de_lei_complementar_do_executivo_012-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/255/projeto_de_lei_complementar_do_executivo_012-2018.pdf</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/256/projeto_de_lei_complementar_do_executivo_013-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/256/projeto_de_lei_complementar_do_executivo_013-2018.pdf</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/257/projeto_de_lei_complementar_do_executivo_014-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/257/projeto_de_lei_complementar_do_executivo_014-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de dispositivos legais que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/258/projeto_de_lei_do_executivo_001-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/258/projeto_de_lei_do_executivo_001-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão geral anual na remuneração dos servidores públicos ativos e inativos no Poder Executivo, e dá outras providencias.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/259/projeto_de_lei_do_executivo_002-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/259/projeto_de_lei_do_executivo_002-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional suplementar por anulação e dá outras providências.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/260/projeto_de_lei_do_executivo_003-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/260/projeto_de_lei_do_executivo_003-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração em legislação anterior que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/261/projeto_de_lei_do_executivo_004-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/261/projeto_de_lei_do_executivo_004-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de novas rubricas orçamentárias no orçamento do exercício de 2018.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/262/projeto_de_lei_do_executivo_005-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/262/projeto_de_lei_do_executivo_005-2018.pdf</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/263/projeto_de_lei_do_executivo_006-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/263/projeto_de_lei_do_executivo_006-2018.pdf</t>
   </si>
   <si>
     <t>Cria o calendário oficial de eventos do Município e feriados municipais de Itaporanga e dá outras providências.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/264/projeto_de_lei_do_executivo_007-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/264/projeto_de_lei_do_executivo_007-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para aquisição de veículos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/265/projeto_de_lei_do_executivo_008-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/265/projeto_de_lei_do_executivo_008-2018.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Organizações Sociais do Município de Itaporanga, que dispõe sobre a qualificação de Entidades como Organizações Sociais e dá outras providências.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/266/projeto_de_lei_do_executivo_009-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/266/projeto_de_lei_do_executivo_009-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a ceder espaço determinado para instalação fibra ótica na cidade de Itaporanga-SP e dá outras providências.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/267/projeto_de_lei_do_executivo_010-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/267/projeto_de_lei_do_executivo_010-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para aquisição de veículos para Secretaria Municipal de Saúde e providências correlatas.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/268/projeto_de_lei_do_executivo_011-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/268/projeto_de_lei_do_executivo_011-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para aquisição de veiculo para a Secretaria Municipal de Educação e providências correlatas.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/269/projeto_de_lei_do_executivo_012-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/269/projeto_de_lei_do_executivo_012-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para o Poder Executivo celebrar Convênio com a Secretaria de Agricultura e Abastecimento do Estado de São Paulo SAA e dá outras providências.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/270/projeto_de_lei_do_executivo_013-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/270/projeto_de_lei_do_executivo_013-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de legislação anterior que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/271/projeto_de_lei_do_executivo_014-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/271/projeto_de_lei_do_executivo_014-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da lei anterior que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/272/projeto_de_lei_do_executivo_015-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/272/projeto_de_lei_do_executivo_015-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização legislativa para declarar bens inservíveis e alienar esses bens através de leilão e dá outras providências.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/273/projeto_de_lei_do_executivo_016-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/273/projeto_de_lei_do_executivo_016-2018.pdf</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/274/projeto_de_lei_do_executivo_017-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/274/projeto_de_lei_do_executivo_017-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para a elaboração dos orçamentos do exercício financeiro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/275/projeto_de_lei_do_executivo_018-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/275/projeto_de_lei_do_executivo_018-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do acesso a informações previsto na lei federal nº 12.527, de 18 de novembro de 2011, e dá outras providências.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/276/projeto_de_lei_do_executivo_019-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/276/projeto_de_lei_do_executivo_019-2018.pdf</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/277/projeto_de_lei_do_executivo_020-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/277/projeto_de_lei_do_executivo_020-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização legislativa para decretar de utilidade pública área que especifica para fins de desapropriação e providências correlatas.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/278/projeto_de_lei_do_executivo_021-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/278/projeto_de_lei_do_executivo_021-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de Cestas Básicas de Alimentos e Vale Gás para os coletores associados de Materiais Recicláveis de Itaporanga, Estado de São Paulo e dá outras providências.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/279/projeto_de_lei_do_executivo_022-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/279/projeto_de_lei_do_executivo_022-2018.pdf</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/280/projeto_de_lei_do_executivo_023-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/280/projeto_de_lei_do_executivo_023-2018.pdf</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/281/projeto_de_lei_do_executivo_024-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/281/projeto_de_lei_do_executivo_024-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Fundo Municipal de Educação de Itaporanga - FME e dá outras providências.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/282/projeto_de_lei_do_executivo_025-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/282/projeto_de_lei_do_executivo_025-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nova disciplina do Conselho Municipal de Turismo e providências correlatas.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/283/projeto_de_lei_do_executivo_026-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/283/projeto_de_lei_do_executivo_026-2018.pdf</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/284/projeto_de_lei_do_executivo_027-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/284/projeto_de_lei_do_executivo_027-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nova disciplina do Fundo Social de Solidariedade e providências correlatas.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/285/projeto_de_lei_do_executivo_028-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/285/projeto_de_lei_do_executivo_028-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional suplementar por excesso de arrecadação e dá outras providências.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/286/projeto_de_lei_do_executivo_029-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/286/projeto_de_lei_do_executivo_029-2018.pdf</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/287/projeto_de_lei_do_executivo_031-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/287/projeto_de_lei_do_executivo_031-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração nas Leis 2.340/17 (Lei de Diretrizes Orçamentária para exercício de 2018), Lei 2.341/17 (Lei Orçamentária Anual para o exercício de 2018) e Lei 2.365/18 (Lei de Diretrizes Orçamentárias para o exercício de 2019) que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/288/projeto_de_lei_do_executivo_032-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/288/projeto_de_lei_do_executivo_032-2018.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Orçamento Programa do Município de Itaporanga, para o exercício de 2019 (dois mil e dezenove).</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/289/projeto_de_lei_do_executivo_033-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/289/projeto_de_lei_do_executivo_033-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei 2.365/18 (Lei de Diretrizes Orçamentárias para o exercício de 2019) que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/290/projeto_de_lei_do_executivo_034-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/290/projeto_de_lei_do_executivo_034-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei 2.341/17 (Lei Orçamentária Anual para o exercício de 2018) que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/291/projeto_de_lei_do_executivo_035-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/291/projeto_de_lei_do_executivo_035-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei 2.340/17 (Lei de Diretrizes Orçamentária para o exercício de 2018) que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/292/projeto_de_lei_do_executivo_036-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/292/projeto_de_lei_do_executivo_036-2018.pdf</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/293/projeto_de_lei_do_executivo_037-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/293/projeto_de_lei_do_executivo_037-2018.pdf</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/294/projeto_de_lei_do_executivo_038-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/294/projeto_de_lei_do_executivo_038-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei nº 2.365 de 20 de Junho de 2018 (Lei de Diretrizes Orçamentárias para o exercício financeiro de 2019) e dá outras providências.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/295/projeto_de_lei_do_executivo_039-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/295/projeto_de_lei_do_executivo_039-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei nº 2.339 de 14 de Dezembro de 2017 (Plano Plurianual 2018/2021) e dá outras providências.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/296/projeto_de_lei_do_executivo_040-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/296/projeto_de_lei_do_executivo_040-2018.pdf</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/297/projeto_de_lei_do_executivo_042-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/297/projeto_de_lei_do_executivo_042-2018.pdf</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/298/projeto_de_lei_do_executivo_043-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/298/projeto_de_lei_do_executivo_043-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar convênio e conceder subvenção com o Hospital e Maternidade Nossa Senhora das Graças de Itaporanga no exercício de 2019, nos moldes do art. 84, parágrafo único, inciso II da Lei 13.019/2014.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/299/projeto_de_lei_do_executivo_043-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/299/projeto_de_lei_do_executivo_043-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nova disciplina da Inspeção Sanitária de produtos de origem animal ou vegetal e providências correlatas.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/300/projeto_de_lei_do_executivo_045-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/300/projeto_de_lei_do_executivo_045-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de vias públicas que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/301/projeto_de_lei_do_executivo_046-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/301/projeto_de_lei_do_executivo_046-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para assinatura de Convênio com o Tribunal de Justiça do Estado de São Paulo e dá outras providências.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/302/projeto_de_lei_do_executivo_047-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/302/projeto_de_lei_do_executivo_047-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revogação da Lei nº 2.366 de 20 de junho de 2018, que dispõe sobre a concessão de cestas básicas de alimentos e vale gás para os coletores associados de materiais recicláveis de Itaporanga-SP e dá outras providências.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/303/projeto_de_lei_do_executivo_048-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/303/projeto_de_lei_do_executivo_048-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre isenção de tributos nos casos que especifica e providências correlatas.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Custódio, João Piá, Marcelo Camargo, Trajano</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/304/projeto_de_lei_do_legislativo_001-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/304/projeto_de_lei_do_legislativo_001-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão Geral Anual dos vencimentos dos servidores e dos subsídios dos agentes políticos da Câmara Municipal de Itaporanga, Estado de São Paulo.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>Trajano</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/305/projeto_de_lei_do_legislativo_002-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/305/projeto_de_lei_do_legislativo_002-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do Centro de Convivência do Idoso, no Município de Itaporanga SP, e dá outras providências.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>Gerson Viana</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/306/projeto_de_lei_do_legislativo_003-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/306/projeto_de_lei_do_legislativo_003-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do Pátio Municipal, no Município de Itaporanga SP, e dá outras providências.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>Carlinhos Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/307/projeto_de_lei_do_legislativo_004-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/307/projeto_de_lei_do_legislativo_004-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública rural, e dá outras providências.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>Fábio Benini</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/308/projeto_de_lei_do_legislativo_005-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/308/projeto_de_lei_do_legislativo_005-2018.pdf</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/309/projeto_de_lei_do_legislativo_006-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/309/projeto_de_lei_do_legislativo_006-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do Centro Cirúrgico da Associação Itaporanguense Protetora dos Animais (AIPA) e dá outras providências.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Marcelo Camargo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/312/projeto_de_decreto_legislativo_001-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/312/projeto_de_decreto_legislativo_001-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de Titulo de Cidadão Honorário Itaporanguense.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/313/projeto_de_resolucao_001-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/313/projeto_de_resolucao_001-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de dispositivos do Regimento Interno da Câmara Municipal de Itaporanga, Estado de São Paulo e dá outras providências.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/311/veto_01_emenda_01_ao_projeto_de_lei_do_executivo_smehtGv.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/311/veto_01_emenda_01_ao_projeto_de_lei_do_executivo_smehtGv.pdf</t>
   </si>
   <si>
     <t>Veto à Emenda Supressiva nº 1/2018 ao projeto de Lei do Executivo nº 6/2018</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Custódio</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/314/requerimento_001-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/314/requerimento_001-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito da academia ao ar livre do CDHU.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/315/requerimento_002-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/315/requerimento_002-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias do processo licitatório referente à terceirização do transporte escolar.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/316/requerimento_003-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/316/requerimento_003-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias e informações a respeito dos gastos com combustível referente aos anos de 2016 e 2017.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/317/requerimento_004-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/317/requerimento_004-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias e informações a respeito do evento de carnaval "Itapôfolia".</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/318/requerimento_005-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/318/requerimento_005-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre prestações de contas.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/319/requerimento_006-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/319/requerimento_006-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre contrato e repasse de verbas à instituição filantrópica Coração de Maria.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/320/requerimento_007-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/320/requerimento_007-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a escola do Bairro Cruzeirão.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/321/requerimento_008-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/321/requerimento_008-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito do Lar Dr. Franz Weiss.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/322/requerimento_009-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/322/requerimento_009-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações e cópias do Pregão Presencial nº 103/2017.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/323/requerimento_010-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/323/requerimento_010-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações e cópias do Pregão Presencial nº 1/2018.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/324/requerimento_011-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/324/requerimento_011-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre situação da elaboração do Estatuto do Magistério Público Municipal.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/325/requerimento_012-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/325/requerimento_012-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre situação do projeto de revitalização da Rua Dr. Felipe Vita.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>Josivam Dias</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/326/requerimento_013-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/326/requerimento_013-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias de documentos do Controle Interno da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/327/requerimento_014-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/327/requerimento_014-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito da realização da Festa do Peão.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/328/requerimento_015-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/328/requerimento_015-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações referentes ao Fundeb em 2017.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/329/requerimento_016-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/329/requerimento_016-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações referentes ao Fehidro.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/330/requerimento_017-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/330/requerimento_017-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre contrato referente às obras de revitalização da Rua Dr. Felipe Vita.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/331/requerimento_018-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/331/requerimento_018-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre despesas com combustível.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/332/requerimento_019-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/332/requerimento_019-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre a respeito da Saúde.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/333/requerimento_020-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/333/requerimento_020-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias de procedimentos licitatórios.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/334/requerimento_021-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/334/requerimento_021-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias de adiantamentos de viagens.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/335/requerimento_022-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/335/requerimento_022-2018.pdf</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/336/requerimento_023-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/336/requerimento_023-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o corte de pagamento de insalubridade e periculosidade.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/337/requerimento_024-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/337/requerimento_024-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias de arquivos de ponto dos servidores municipais.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/338/requerimento_025-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/338/requerimento_025-2018.pdf</t>
   </si>
   <si>
     <t>Convocação do Secretário de Administração e Planejamento para prestar esclarecimentos.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/339/requerimento_026-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/339/requerimento_026-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre o Termo de Permissão de Uso de Bens Públicos à empresa que realizou o evento denominado "Festa do Peão".</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/340/requerimento_027-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/340/requerimento_027-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre LTCAT, PPRA e PCMSO.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/341/requerimento_028-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/341/requerimento_028-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre gratificação concedidas a servidores públicos.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/342/requerimento_029-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/342/requerimento_029-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal relação de gastos com combustíveis dos veículos da frota municipal.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/343/requerimento_030-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/343/requerimento_030-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias dos apontamentos do Controle Interno da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>Josivam Dias, Marcelo Camargo</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/344/requerimento_031-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/344/requerimento_031-2018.pdf</t>
   </si>
   <si>
     <t>Convocação da Secretária de Educação para prestar esclarecimentos.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/345/requerimento_032-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/345/requerimento_032-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias dos registros de ponto de servidoras públicas.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/346/requerimento_033-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/346/requerimento_033-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito da frota e dos motoristas da Saúde.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/347/requerimento_034-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/347/requerimento_034-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal gráfico demonstrativo de gastos com combustível.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/348/requerimento_035-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/348/requerimento_035-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito de aquisição de materiais de construção.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/349/requerimento_036-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/349/requerimento_036-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópia de contrato.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/350/requerimento_037-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/350/requerimento_037-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito do serviço de contêiner referente à coleta de lixo.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/351/requerimento_038-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/351/requerimento_038-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias das notas fiscais referentes à empresa responsável pelo transporte escolar.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/352/requerimento_039-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/352/requerimento_039-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias de empenhos a respeito de serviços gráficos.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/353/requerimento_040-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/353/requerimento_040-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias de diárias e adiantamentos.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/354/requerimento_041-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/354/requerimento_041-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito de agentes públicos.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/355/requerimento_042-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/355/requerimento_042-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias e informações a respeito de acidente com veículo de representação.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/356/requerimento_043-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/356/requerimento_043-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito dos tacógrafos dos veículos da Educação.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/357/requerimento_044-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/357/requerimento_044-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre servidora pública.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/358/requerimento_045-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/358/requerimento_045-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre gastos com combustíveis.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/359/requerimento_046-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/359/requerimento_046-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre aquisição de veículos.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/360/requerimento_047-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/360/requerimento_047-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre processos licitatórios.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/361/requerimento_048-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/361/requerimento_048-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre gratificações concedidas a servidores públicos.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/362/requerimento_049-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/362/requerimento_049-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre as lixeiras destinadas à coleta seletiva.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/363/requerimento_050-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/363/requerimento_050-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações sobre remanejamento de dotações orçamentárias.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/364/requerimento_051-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/364/requerimento_051-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias do projeto de revitalização da Rua Dr. Felipe Vita.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/365/requerimento_052-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/365/requerimento_052-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito de ocorrência com despejo ilegal de lixo.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/366/requerimento_053-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/366/requerimento_053-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito de acidente com veículo da frota municipal.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/367/requerimento_054-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/367/requerimento_054-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito de veículos da frota municipal.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/368/requerimento_055-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/368/requerimento_055-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópia de processo licitatório.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/369/requerimento_056-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/369/requerimento_056-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito de cursos de capacitação dos motoristas da Educação e do transporte coletivo.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/370/requerimento_057-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/370/requerimento_057-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópia de convênio.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/371/requerimento_058-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/371/requerimento_058-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito de niveladoras do Município.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/372/requerimento_059-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/372/requerimento_059-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito de funcionários municipais.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/373/requerimento_060-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/373/requerimento_060-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito de terceirização.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/374/requerimento_061-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/374/requerimento_061-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito de obras de conservação e manutenção da estrada do Bairro dos Remédios.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/375/requerimento_062-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/375/requerimento_062-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito de gastos com combustíveis.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/376/requerimento_063-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/376/requerimento_063-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias de recomendações do Controle Interno.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/377/requerimento_064-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/377/requerimento_064-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito de fiscalização de vendedores ambulantes no Município.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/378/requerimento_065-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/378/requerimento_065-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal cópias de saldos bancários das contas da Educação.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/379/requerimento_066-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/379/requerimento_066-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal valores das dívidas de exercícios anteriores e atuais.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/380/requerimento_067-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/380/requerimento_067-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito de fiscalização e prestação de serviços de empresas de propaganda de rua (carro de som).</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/381/requerimento_068-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/381/requerimento_068-2018.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações a respeito de troca de peças de veículo da frota municipal.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/382/indicacao_001-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/382/indicacao_001-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para fornecer café da manhã aos funcionários municipais.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/383/indicacao_002-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/383/indicacao_002-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para reparos no Estádio do Bairro Campinho.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>João Piá</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/384/indicacao_003-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/384/indicacao_003-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para patrolamento e cascalhamento em estrada de acesso ao Bairro Capituva.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/385/indicacao_004-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/385/indicacao_004-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para colocação de pedras graúdas na passagem da Água das Canas.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/386/indicacao_005-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/386/indicacao_005-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para recapeamento de ruas, que especifica.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/387/indicacao_006-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/387/indicacao_006-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para construção de ciclovia em ruas que especifica.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/388/indicacao_007-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/388/indicacao_007-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para construção de cobertura na Rua São João, em frente à Praça João Abdallah.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/389/indicacao_008-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/389/indicacao_008-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para construção de calçamentos no Cemitério Público Municipal.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/390/indicacao_009-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/390/indicacao_009-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para reforma reparos na ponte de acesso ao Bairro São Cristóvão.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/391/indicacao_010-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/391/indicacao_010-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para construção de guarita no Aterro Sanitário.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/392/indicacao_011-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/392/indicacao_011-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de benfeitorias no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/393/indicacao_012-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/393/indicacao_012-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a remoção de tocos de árvores na Rua Dr. Felipe Vita.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/394/indicacao_013-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/394/indicacao_013-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para se fazer prolongamento da Rua Sizenando B. de Oliveira.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/395/indicacao_014-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/395/indicacao_014-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de redutores de velocidade na Rua Joaquim Ferreira Lúcio e na Rua João Panzarim.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/396/indicacao_015-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/396/indicacao_015-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para construção de guias no entorno do barracão de festas do Bairro dos Silvas.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/397/indicacao_016-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/397/indicacao_016-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para criação de Comissão Municipal de Trânsito.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/398/indicacao_017-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/398/indicacao_017-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para construção de meio-fio no Bairro Cruzeirinho.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/399/indicacao_018-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/399/indicacao_018-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para construção de meio-fio na rua José Benini.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/400/indicacao_019-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/400/indicacao_019-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a construção de espaço wi-fi na Praça João Abdallah.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/401/indicacao_020-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/401/indicacao_020-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a limpeza e manutenção do campo de futebol do Bairro Campinho.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/402/indicacao_021-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/402/indicacao_021-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para reformas no Bairro Lava Pés.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/403/indicacao_022-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/403/indicacao_022-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de redutor de velocidade na Rua Joaquim Ferreira Lúcio.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/404/indicacao_023-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/404/indicacao_023-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalar iluminação no Cemitério Público Municipal.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>Carlinhos Ambulância, Gerson Viana</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/405/indicacao_024-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/405/indicacao_024-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para fornecer Cartão Alimentação no lugar de Cestas Básicas aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/406/indicacao_025-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/406/indicacao_025-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que realize operação tapa-buracos na Rua Antonio Petrolini.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/407/indicacao_026-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/407/indicacao_026-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de redutor de velocidade na Avenida Dom Athanázio Merkle.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/408/indicacao_027-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/408/indicacao_027-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de redutor de velocidade na Rua João Teodoro dos Santos.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/409/indicacao_028-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/409/indicacao_028-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de redutor de velocidade na Rua Antônio Briene de Camargo.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/410/indicacao_029-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/410/indicacao_029-2018.pdf</t>
   </si>
   <si>
     <t>Reitera Indicação ao Executivo Municipal providências para a contratação de Engenheiro Agrônomo.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/411/indicacao_030-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/411/indicacao_030-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que realize operação tapa-buracos na Rua João Batista de Almeida Tristão.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/412/indicacao_031-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/412/indicacao_031-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para instalação de redutor de velocidade na Rua Barão de Antonina.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/413/indicacao_032-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/413/indicacao_032-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para pintar as faixas de pedestres nas ruas do Município.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/414/indicacao_033-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/414/indicacao_033-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para reparos em pontos de ônibus.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/415/indicacao_034-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/415/indicacao_034-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para construção de uma guarita de ônibus na Rodovia Vicinal João Martins da Cruz.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/416/indicacao_035-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/416/indicacao_035-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para contenção de água de mina na Rua Antônio Pinto Ferreira.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/417/indicacao_036-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/417/indicacao_036-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para convocação de candidato habilitado em concurso público.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/418/indicacao_037-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/418/indicacao_037-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para alteração de nível salarial de servidores públicos municipais.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/419/indicacao_038-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/419/indicacao_038-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para realização de obras de reparo e conservação na Rua Paulo de Oliveira Lara.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/420/indicacao_039-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/420/indicacao_039-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para a utilização do duodécimo.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/421/indicacao_040-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/421/indicacao_040-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências para reabertura de postinho de saúde.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Carlinhos Ambulância, Custódio, Fábio Benini, Gerson Viana, Josivam Dias, João Mello, João Piá, Marcelo Camargo, Trajano</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/422/mocao_001-2018_-_pesar.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/422/mocao_001-2018_-_pesar.pdf</t>
   </si>
   <si>
     <t>À família da senhora Michiko Hamamoto, pelo seu falecimento.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/423/mocao_002-2018_-_pesar.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/423/mocao_002-2018_-_pesar.pdf</t>
   </si>
   <si>
     <t>À família do senhor João Batista Queimado, pelo seu falecimento.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/424/mocao_003-2018_-_pesar.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/424/mocao_003-2018_-_pesar.pdf</t>
   </si>
   <si>
     <t>À família do senhor Nelson Chueri Gurgel, pelo seu falecimento.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/425/mocao_004-2018_-_pesar.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/425/mocao_004-2018_-_pesar.pdf</t>
   </si>
   <si>
     <t>À família da senhora Rosa do Amaral, pelo seu falecimento.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/426/mocao_005-2018_-_pesar.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/426/mocao_005-2018_-_pesar.pdf</t>
   </si>
   <si>
     <t>À família da senhora Lázara Galvão Gomes, pelo seu falecimento.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/427/mocao_006-2018_-_pesar.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/427/mocao_006-2018_-_pesar.pdf</t>
   </si>
   <si>
     <t>À família da senhora Sueli Antonieta de Lima, pelo seu falecimento.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/428/mocao_007-2018_-_pesar.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/428/mocao_007-2018_-_pesar.pdf</t>
   </si>
   <si>
     <t>À família do senhor José Benedito Nogueira, pelo seu falecimento.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/429/mocao_008-2018_-_pesar.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/429/mocao_008-2018_-_pesar.pdf</t>
   </si>
   <si>
     <t>À família da senhora Benedita Garcia Nogueira Pinto, pelo seu falecimento.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/430/mocao_009-2018_-_pesar.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/430/mocao_009-2018_-_pesar.pdf</t>
   </si>
   <si>
     <t>À família do senhor Antonio Maeda, pelo seu falecimento.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/431/mocao_010-2018_-_pesar.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/431/mocao_010-2018_-_pesar.pdf</t>
   </si>
   <si>
     <t>À família do senhor José Roberto Ferreira, pelo seu falecimento.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/432/mocao_011-2018_-_pesar.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/432/mocao_011-2018_-_pesar.pdf</t>
   </si>
   <si>
     <t>À família da senhora Therezinha Apparecida Monteiro Perez, pelo seu falecimento.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/433/mocao_012-2018_-_repudio.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/433/mocao_012-2018_-_repudio.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Vilson Aparecido Rodrigues (Cachetão), pelos atos que descreve.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/434/mocao_013-2018_-_pesar.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/434/mocao_013-2018_-_pesar.pdf</t>
   </si>
   <si>
     <t>À família do senhor Laércio Delfino Pereira, pelo seu falecimento.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/310/projeto_de_lei_do_executivo_006-2018.pdf</t>
+    <t>http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/310/projeto_de_lei_do_executivo_006-2018.pdf</t>
   </si>
   <si>
     <t>Emenda Supressiva ao projeto de Lei do Executivo nº 6/2018</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2388,68 +2388,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/239/proposta_de_emenda_a_lei_organica_do_executivo_001-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/240/proposta_de_emenda_a_lei_organica_do_executivo_002-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/241/proposta_de_emenda_a_lei_organica_do_executivo_003-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/242/proposta_de_emenda_a_lei_organica_do_executivo_004-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/243/proposta_de_emenda_a_lei_organica_do_executivo_005-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/244/projeto_de_lei_complementar_do_executivo_001-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/245/projeto_de_lei_complementar_do_executivo_002-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/246/projeto_de_lei_complementar_do_executivo_003-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/247/projeto_de_lei_complementar_do_executivo_004-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/248/projeto_de_lei_complementar_do_executivo_005-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/249/projeto_de_lei_complementar_do_executivo_006-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/250/projeto_de_lei_complementar_do_executivo_007-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/251/projeto_de_lei_complementar_do_executivo_008-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/252/projeto_de_lei_complementar_do_executivo_009-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/253/projeto_de_lei_complementar_do_executivo_010-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/254/projeto_de_lei_complementar_do_executivo_011-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/255/projeto_de_lei_complementar_do_executivo_012-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/256/projeto_de_lei_complementar_do_executivo_013-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/257/projeto_de_lei_complementar_do_executivo_014-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/258/projeto_de_lei_do_executivo_001-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/259/projeto_de_lei_do_executivo_002-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/260/projeto_de_lei_do_executivo_003-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/261/projeto_de_lei_do_executivo_004-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/262/projeto_de_lei_do_executivo_005-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/263/projeto_de_lei_do_executivo_006-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/264/projeto_de_lei_do_executivo_007-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/265/projeto_de_lei_do_executivo_008-2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/266/projeto_de_lei_do_executivo_009-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/267/projeto_de_lei_do_executivo_010-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/268/projeto_de_lei_do_executivo_011-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/269/projeto_de_lei_do_executivo_012-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/270/projeto_de_lei_do_executivo_013-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/271/projeto_de_lei_do_executivo_014-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/272/projeto_de_lei_do_executivo_015-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/273/projeto_de_lei_do_executivo_016-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/274/projeto_de_lei_do_executivo_017-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/275/projeto_de_lei_do_executivo_018-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/276/projeto_de_lei_do_executivo_019-2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/277/projeto_de_lei_do_executivo_020-2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/278/projeto_de_lei_do_executivo_021-2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/279/projeto_de_lei_do_executivo_022-2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/280/projeto_de_lei_do_executivo_023-2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/281/projeto_de_lei_do_executivo_024-2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/282/projeto_de_lei_do_executivo_025-2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/283/projeto_de_lei_do_executivo_026-2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/284/projeto_de_lei_do_executivo_027-2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/285/projeto_de_lei_do_executivo_028-2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/286/projeto_de_lei_do_executivo_029-2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/287/projeto_de_lei_do_executivo_031-2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/288/projeto_de_lei_do_executivo_032-2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/289/projeto_de_lei_do_executivo_033-2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/290/projeto_de_lei_do_executivo_034-2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/291/projeto_de_lei_do_executivo_035-2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/292/projeto_de_lei_do_executivo_036-2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/293/projeto_de_lei_do_executivo_037-2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/294/projeto_de_lei_do_executivo_038-2018.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/295/projeto_de_lei_do_executivo_039-2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/296/projeto_de_lei_do_executivo_040-2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/297/projeto_de_lei_do_executivo_042-2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/298/projeto_de_lei_do_executivo_043-2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/299/projeto_de_lei_do_executivo_043-2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/300/projeto_de_lei_do_executivo_045-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/301/projeto_de_lei_do_executivo_046-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/302/projeto_de_lei_do_executivo_047-2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/303/projeto_de_lei_do_executivo_048-2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/304/projeto_de_lei_do_legislativo_001-2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/305/projeto_de_lei_do_legislativo_002-2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/306/projeto_de_lei_do_legislativo_003-2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/307/projeto_de_lei_do_legislativo_004-2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/308/projeto_de_lei_do_legislativo_005-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/309/projeto_de_lei_do_legislativo_006-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/312/projeto_de_decreto_legislativo_001-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/313/projeto_de_resolucao_001-2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/311/veto_01_emenda_01_ao_projeto_de_lei_do_executivo_smehtGv.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/314/requerimento_001-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/315/requerimento_002-2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/316/requerimento_003-2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/317/requerimento_004-2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/318/requerimento_005-2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/319/requerimento_006-2018.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/320/requerimento_007-2018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/321/requerimento_008-2018.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/322/requerimento_009-2018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/323/requerimento_010-2018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/324/requerimento_011-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/325/requerimento_012-2018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/326/requerimento_013-2018.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/327/requerimento_014-2018.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/328/requerimento_015-2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/329/requerimento_016-2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/330/requerimento_017-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/331/requerimento_018-2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/332/requerimento_019-2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/333/requerimento_020-2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/334/requerimento_021-2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/335/requerimento_022-2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/336/requerimento_023-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/337/requerimento_024-2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/338/requerimento_025-2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/339/requerimento_026-2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/340/requerimento_027-2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/341/requerimento_028-2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/342/requerimento_029-2018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/343/requerimento_030-2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/344/requerimento_031-2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/345/requerimento_032-2018.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/346/requerimento_033-2018.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/347/requerimento_034-2018.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/348/requerimento_035-2018.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/349/requerimento_036-2018.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/350/requerimento_037-2018.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/351/requerimento_038-2018.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/352/requerimento_039-2018.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/353/requerimento_040-2018.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/354/requerimento_041-2018.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/355/requerimento_042-2018.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/356/requerimento_043-2018.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/357/requerimento_044-2018.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/358/requerimento_045-2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/359/requerimento_046-2018.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/360/requerimento_047-2018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/361/requerimento_048-2018.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/362/requerimento_049-2018.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/363/requerimento_050-2018.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/364/requerimento_051-2018.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/365/requerimento_052-2018.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/366/requerimento_053-2018.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/367/requerimento_054-2018.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/368/requerimento_055-2018.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/369/requerimento_056-2018.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/370/requerimento_057-2018.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/371/requerimento_058-2018.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/372/requerimento_059-2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/373/requerimento_060-2018.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/374/requerimento_061-2018.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/375/requerimento_062-2018.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/376/requerimento_063-2018.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/377/requerimento_064-2018.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/378/requerimento_065-2018.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/379/requerimento_066-2018.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/380/requerimento_067-2018.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/381/requerimento_068-2018.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/382/indicacao_001-2018.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/383/indicacao_002-2018.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/384/indicacao_003-2018.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/385/indicacao_004-2018.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/386/indicacao_005-2018.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/387/indicacao_006-2018.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/388/indicacao_007-2018.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/389/indicacao_008-2018.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/390/indicacao_009-2018.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/391/indicacao_010-2018.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/392/indicacao_011-2018.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/393/indicacao_012-2018.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/394/indicacao_013-2018.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/395/indicacao_014-2018.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/396/indicacao_015-2018.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/397/indicacao_016-2018.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/398/indicacao_017-2018.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/399/indicacao_018-2018.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/400/indicacao_019-2018.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/401/indicacao_020-2018.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/402/indicacao_021-2018.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/403/indicacao_022-2018.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/404/indicacao_023-2018.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/405/indicacao_024-2018.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/406/indicacao_025-2018.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/407/indicacao_026-2018.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/408/indicacao_027-2018.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/409/indicacao_028-2018.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/410/indicacao_029-2018.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/411/indicacao_030-2018.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/412/indicacao_031-2018.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/413/indicacao_032-2018.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/414/indicacao_033-2018.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/415/indicacao_034-2018.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/416/indicacao_035-2018.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/417/indicacao_036-2018.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/418/indicacao_037-2018.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/419/indicacao_038-2018.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/420/indicacao_039-2018.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/421/indicacao_040-2018.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/422/mocao_001-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/423/mocao_002-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/424/mocao_003-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/425/mocao_004-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/426/mocao_005-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/427/mocao_006-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/428/mocao_007-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/429/mocao_008-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/430/mocao_009-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/431/mocao_010-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/432/mocao_011-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/433/mocao_012-2018_-_repudio.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/434/mocao_013-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/310/projeto_de_lei_do_executivo_006-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/239/proposta_de_emenda_a_lei_organica_do_executivo_001-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/240/proposta_de_emenda_a_lei_organica_do_executivo_002-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/241/proposta_de_emenda_a_lei_organica_do_executivo_003-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/242/proposta_de_emenda_a_lei_organica_do_executivo_004-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/243/proposta_de_emenda_a_lei_organica_do_executivo_005-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/244/projeto_de_lei_complementar_do_executivo_001-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/245/projeto_de_lei_complementar_do_executivo_002-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/246/projeto_de_lei_complementar_do_executivo_003-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/247/projeto_de_lei_complementar_do_executivo_004-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/248/projeto_de_lei_complementar_do_executivo_005-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/249/projeto_de_lei_complementar_do_executivo_006-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/250/projeto_de_lei_complementar_do_executivo_007-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/251/projeto_de_lei_complementar_do_executivo_008-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/252/projeto_de_lei_complementar_do_executivo_009-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/253/projeto_de_lei_complementar_do_executivo_010-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/254/projeto_de_lei_complementar_do_executivo_011-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/255/projeto_de_lei_complementar_do_executivo_012-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/256/projeto_de_lei_complementar_do_executivo_013-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/257/projeto_de_lei_complementar_do_executivo_014-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/258/projeto_de_lei_do_executivo_001-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/259/projeto_de_lei_do_executivo_002-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/260/projeto_de_lei_do_executivo_003-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/261/projeto_de_lei_do_executivo_004-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/262/projeto_de_lei_do_executivo_005-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/263/projeto_de_lei_do_executivo_006-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/264/projeto_de_lei_do_executivo_007-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/265/projeto_de_lei_do_executivo_008-2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/266/projeto_de_lei_do_executivo_009-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/267/projeto_de_lei_do_executivo_010-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/268/projeto_de_lei_do_executivo_011-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/269/projeto_de_lei_do_executivo_012-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/270/projeto_de_lei_do_executivo_013-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/271/projeto_de_lei_do_executivo_014-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/272/projeto_de_lei_do_executivo_015-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/273/projeto_de_lei_do_executivo_016-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/274/projeto_de_lei_do_executivo_017-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/275/projeto_de_lei_do_executivo_018-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/276/projeto_de_lei_do_executivo_019-2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/277/projeto_de_lei_do_executivo_020-2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/278/projeto_de_lei_do_executivo_021-2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/279/projeto_de_lei_do_executivo_022-2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/280/projeto_de_lei_do_executivo_023-2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/281/projeto_de_lei_do_executivo_024-2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/282/projeto_de_lei_do_executivo_025-2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/283/projeto_de_lei_do_executivo_026-2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/284/projeto_de_lei_do_executivo_027-2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/285/projeto_de_lei_do_executivo_028-2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/286/projeto_de_lei_do_executivo_029-2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/287/projeto_de_lei_do_executivo_031-2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/288/projeto_de_lei_do_executivo_032-2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/289/projeto_de_lei_do_executivo_033-2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/290/projeto_de_lei_do_executivo_034-2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/291/projeto_de_lei_do_executivo_035-2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/292/projeto_de_lei_do_executivo_036-2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/293/projeto_de_lei_do_executivo_037-2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/294/projeto_de_lei_do_executivo_038-2018.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/295/projeto_de_lei_do_executivo_039-2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/296/projeto_de_lei_do_executivo_040-2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/297/projeto_de_lei_do_executivo_042-2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/298/projeto_de_lei_do_executivo_043-2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/299/projeto_de_lei_do_executivo_043-2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/300/projeto_de_lei_do_executivo_045-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/301/projeto_de_lei_do_executivo_046-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/302/projeto_de_lei_do_executivo_047-2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/303/projeto_de_lei_do_executivo_048-2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/304/projeto_de_lei_do_legislativo_001-2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/305/projeto_de_lei_do_legislativo_002-2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/306/projeto_de_lei_do_legislativo_003-2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/307/projeto_de_lei_do_legislativo_004-2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/308/projeto_de_lei_do_legislativo_005-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/309/projeto_de_lei_do_legislativo_006-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/312/projeto_de_decreto_legislativo_001-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/313/projeto_de_resolucao_001-2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/311/veto_01_emenda_01_ao_projeto_de_lei_do_executivo_smehtGv.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/314/requerimento_001-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/315/requerimento_002-2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/316/requerimento_003-2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/317/requerimento_004-2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/318/requerimento_005-2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/319/requerimento_006-2018.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/320/requerimento_007-2018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/321/requerimento_008-2018.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/322/requerimento_009-2018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/323/requerimento_010-2018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/324/requerimento_011-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/325/requerimento_012-2018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/326/requerimento_013-2018.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/327/requerimento_014-2018.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/328/requerimento_015-2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/329/requerimento_016-2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/330/requerimento_017-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/331/requerimento_018-2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/332/requerimento_019-2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/333/requerimento_020-2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/334/requerimento_021-2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/335/requerimento_022-2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/336/requerimento_023-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/337/requerimento_024-2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/338/requerimento_025-2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/339/requerimento_026-2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/340/requerimento_027-2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/341/requerimento_028-2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/342/requerimento_029-2018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/343/requerimento_030-2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/344/requerimento_031-2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/345/requerimento_032-2018.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/346/requerimento_033-2018.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/347/requerimento_034-2018.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/348/requerimento_035-2018.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/349/requerimento_036-2018.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/350/requerimento_037-2018.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/351/requerimento_038-2018.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/352/requerimento_039-2018.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/353/requerimento_040-2018.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/354/requerimento_041-2018.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/355/requerimento_042-2018.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/356/requerimento_043-2018.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/357/requerimento_044-2018.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/358/requerimento_045-2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/359/requerimento_046-2018.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/360/requerimento_047-2018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/361/requerimento_048-2018.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/362/requerimento_049-2018.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/363/requerimento_050-2018.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/364/requerimento_051-2018.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/365/requerimento_052-2018.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/366/requerimento_053-2018.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/367/requerimento_054-2018.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/368/requerimento_055-2018.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/369/requerimento_056-2018.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/370/requerimento_057-2018.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/371/requerimento_058-2018.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/372/requerimento_059-2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/373/requerimento_060-2018.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/374/requerimento_061-2018.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/375/requerimento_062-2018.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/376/requerimento_063-2018.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/377/requerimento_064-2018.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/378/requerimento_065-2018.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/379/requerimento_066-2018.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/380/requerimento_067-2018.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/381/requerimento_068-2018.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/382/indicacao_001-2018.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/383/indicacao_002-2018.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/384/indicacao_003-2018.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/385/indicacao_004-2018.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/386/indicacao_005-2018.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/387/indicacao_006-2018.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/388/indicacao_007-2018.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/389/indicacao_008-2018.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/390/indicacao_009-2018.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/391/indicacao_010-2018.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/392/indicacao_011-2018.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/393/indicacao_012-2018.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/394/indicacao_013-2018.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/395/indicacao_014-2018.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/396/indicacao_015-2018.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/397/indicacao_016-2018.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/398/indicacao_017-2018.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/399/indicacao_018-2018.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/400/indicacao_019-2018.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/401/indicacao_020-2018.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/402/indicacao_021-2018.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/403/indicacao_022-2018.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/404/indicacao_023-2018.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/405/indicacao_024-2018.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/406/indicacao_025-2018.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/407/indicacao_026-2018.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/408/indicacao_027-2018.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/409/indicacao_028-2018.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/410/indicacao_029-2018.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/411/indicacao_030-2018.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/412/indicacao_031-2018.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/413/indicacao_032-2018.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/414/indicacao_033-2018.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/415/indicacao_034-2018.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/416/indicacao_035-2018.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/417/indicacao_036-2018.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/418/indicacao_037-2018.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/419/indicacao_038-2018.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/420/indicacao_039-2018.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/421/indicacao_040-2018.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/422/mocao_001-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/423/mocao_002-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/424/mocao_003-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/425/mocao_004-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/426/mocao_005-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/427/mocao_006-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/428/mocao_007-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/429/mocao_008-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/430/mocao_009-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/431/mocao_010-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/432/mocao_011-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/433/mocao_012-2018_-_repudio.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/434/mocao_013-2018_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaporanga.sp.leg.br/media/sapl/public/materialegislativa/2018/310/projeto_de_lei_do_executivo_006-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H197"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="109.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="134.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="133.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="242.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>